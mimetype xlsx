--- v0 (2025-10-02)
+++ v1 (2026-02-06)
@@ -1,978 +1,1979 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20411"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jcontreras\Desktop\CHAO_MARCAS\FINANCIERA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Yaksa\10021gmi\2026\TRD\MANUALES\PROCESO_15_GESTION_FINANCIERA\8. FORMATOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62F9E4C6-E6CB-4691-8628-762EA156EEED}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28C9A0B6-47BF-46C4-960C-0D5439EAEDBB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9204" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7950" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CDP" sheetId="1" r:id="rId1"/>
-    <sheet name="INSTRUCTIVO" sheetId="2" r:id="rId2"/>
+    <sheet name="Instructivo " sheetId="3" r:id="rId2"/>
+    <sheet name="LISTAS" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">CDP!$A$1:$M$38</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">INSTRUCTIVO!$A$1:$I$16</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">LISTAS!#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">CDP!$A$1:$O$43</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="56">
-[...28 lines deleted...]
-    <t>Ordenador del Gasto</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="213">
+  <si>
+    <t>3. AREA QUE LO SOLICITA</t>
+  </si>
+  <si>
+    <t>4.1. GASTOS DE PERSONAL</t>
+  </si>
+  <si>
+    <t>4.2. ADQUISICIÓN DE BIENES Y SERVICIOS</t>
+  </si>
+  <si>
+    <t>4.3. MESADAS PENSIONALES</t>
+  </si>
+  <si>
+    <t>4.4. TRANSFERENCIAS CORRIENTES</t>
+  </si>
+  <si>
+    <t>4.5. INVERSION</t>
+  </si>
+  <si>
+    <t>INVERSION</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valor en letras: </t>
+  </si>
+  <si>
+    <t>Nombre:</t>
+  </si>
+  <si>
+    <t>C.C. No.</t>
+  </si>
+  <si>
+    <t>Cargo:</t>
   </si>
   <si>
     <t>Firma</t>
   </si>
   <si>
-    <t>Grupo de Gestión Financiera</t>
-[...50 lines deleted...]
-  <si>
     <t>Proyectó:</t>
   </si>
   <si>
     <t>Revisó:</t>
   </si>
   <si>
+    <t>11. Ordenador del Gasto</t>
+  </si>
+  <si>
     <t>Elaboró:</t>
   </si>
   <si>
     <t>Nombres</t>
   </si>
   <si>
     <t>Apellidos</t>
   </si>
   <si>
     <t>Firma Digital</t>
   </si>
   <si>
-    <t xml:space="preserve">Son: </t>
-[...20 lines deleted...]
-    <t>Valor $</t>
+    <t>TIPO</t>
+  </si>
+  <si>
+    <t>IDENTIFICACION</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>A 1</t>
+  </si>
+  <si>
+    <t>A 02</t>
+  </si>
+  <si>
+    <t>A 03</t>
+  </si>
+  <si>
+    <t>A 08</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-001  SUELDO BÁSICO</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-002  GASTOS DE REPRESENTACIÓN</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-003  PRIMA TÉCNICA SALARIAL</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-004  SUBSIDIO DE ALIMENTACIÓN</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-005  AUXILIO DE TRANSPORTE</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-006  PRIMA DE SERVICIO</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-007  BONIFICACIÓN POR SERVICIOS PRESTADOS</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-008  HORAS EXTRAS, DOMINICALES, FESTIVOS Y RECARGOS</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-009  PRIMA DE NAVIDAD</t>
+  </si>
+  <si>
+    <t>A-01-01-01-001-010  PRIMA DE VACACIONES</t>
+  </si>
+  <si>
+    <t>A-01-01-02-001  APORTES A LA SEGURIDAD SOCIAL EN PENSIONES</t>
+  </si>
+  <si>
+    <t>A-01-01-02-002  APORTES A LA SEGURIDAD SOCIAL EN SALUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A-01-01-02-003  AUXILIO DE CESANTÍAS </t>
+  </si>
+  <si>
+    <t>A-01-01-02-004  APORTES A CAJAS DE COMPENSACIÓN FAMILIAR</t>
+  </si>
+  <si>
+    <t>A-01-01-02-005  APORTES GENERALES AL SISTEMA DE RIESGOS LABORALES</t>
+  </si>
+  <si>
+    <t>A-01-01-02-006  APORTES AL ICBF</t>
+  </si>
+  <si>
+    <t>A-01-01-02-007  APORTES AL SENA</t>
+  </si>
+  <si>
+    <t>A-01-01-02-008  APORTES A LA ESAP</t>
+  </si>
+  <si>
+    <t>A-01-01-02-009  APORTES A ESCUELAS INDUSTRIALES E INSTITUTOS TÉCNICOS</t>
+  </si>
+  <si>
+    <t>A-01-01-03-001-001  VACACIONES</t>
+  </si>
+  <si>
+    <t>A-01-01-03-001-002  INDEMNIZACIÓN POR VACACIONES</t>
+  </si>
+  <si>
+    <t>A-01-01-03-001-003  BONIFICACIÓN ESPECIAL DE RECREACIÓN</t>
+  </si>
+  <si>
+    <t>A-01-01-03-002  PRIMA TÉCNICA NO SALARIAL</t>
+  </si>
+  <si>
+    <t>A-01-01-03-005  PRIMA DE RIESGO</t>
+  </si>
+  <si>
+    <t>A-01-01-03-016  PRIMA DE COORDINACIÓN</t>
+  </si>
+  <si>
+    <t>A-01-01-03-030  BONIFICACIÓN DE DIRECCIÓN</t>
+  </si>
+  <si>
+    <t>A-02-01-01-003-008  MUEBLES, INSTRUMENTOS MUSICALES, ARTÍCULOS DE DEPORTE Y ANTIGÜEDADES</t>
+  </si>
+  <si>
+    <t>A-02-01-01-004-003  MAQUINARIA PARA USO GENERAL</t>
+  </si>
+  <si>
+    <t>A-02-01-01-004-005  MAQUINARIA DE OFICINA, CONTABILIDAD E INFORMÁTICA</t>
+  </si>
+  <si>
+    <t>A-02-01-01-004-006  MAQUINARIA Y APARATOS ELÉCTRICOS</t>
+  </si>
+  <si>
+    <t>A-02-01-01-004-007  EQUIPO Y APARATOS DE RADIO, TELEVISIÓN Y COMUNICACIONES</t>
+  </si>
+  <si>
+    <t>A-02-02-01-002-007  ARTÍCULOS TEXTILES (EXCEPTO PRENDAS DE VESTIR)</t>
+  </si>
+  <si>
+    <t>A-02-02-01-002-008  DOTACIÓN (PRENDAS DE VESTIR Y CALZADO)</t>
+  </si>
+  <si>
+    <t>A-02-02-01-003-002  PASTA O PULPA, PAPEL Y PRODUCTOS DE PAPEL; IMPRESOS Y ARTÍCULOS SIMILARES</t>
+  </si>
+  <si>
+    <t>A-02-02-01-003-003  PRODUCTOS DE HORNOS DE COQUE; PRODUCTOS DE REFINACIÓN DE PETRÓLEO Y COMBUSTIBLE NUCLEAR</t>
+  </si>
+  <si>
+    <t>A-02-02-01-003-005  OTROS PRODUCTOS QUÍMICOS; FIBRAS ARTIFICIALES (O FIBRAS INDUSTRIALES HECHAS POR EL HOMBRE)</t>
+  </si>
+  <si>
+    <t>A-02-02-01-003-006  PRODUCTOS DE CAUCHO Y PLÁSTICO</t>
+  </si>
+  <si>
+    <t>A-02-02-01-003-007  VIDRIO Y PRODUCTOS DE VIDRIO Y OTROS PRODUCTOS NO METÁLICOS N.C.P.</t>
+  </si>
+  <si>
+    <t>A-02-02-01-003-008  OTROS BIENES TRANSPORTABLES N.C.P.</t>
+  </si>
+  <si>
+    <t>A-02-02-01-004-002  PRODUCTOS METÁLICOS ELABORADOS (EXCEPTO MAQUINARIA Y EQUIPO)</t>
+  </si>
+  <si>
+    <t>A-02-02-01-004-007  EQUIPO Y APARATOS DE RADIO, TELEVISIÓN Y COMUNICACIONES</t>
+  </si>
+  <si>
+    <t>A-02-02-02-005-004  SERVICIOS DE CONSTRUCCIÓN</t>
+  </si>
+  <si>
+    <t>A-02-02-02-006-003  ALOJAMIENTO; SERVICIOS DE SUMINISTROS DE COMIDAS Y BEBIDAS</t>
+  </si>
+  <si>
+    <t>A-02-02-02-006-004  SERVICIOS DE TRANSPORTE DE PASAJEROS</t>
+  </si>
+  <si>
+    <t>A-02-02-02-006-007  SERVICIOS DE APOYO AL TRANSPORTE</t>
+  </si>
+  <si>
+    <t>A-02-02-02-006-008  SERVICIOS POSTALES Y DE MENSAJERÍA</t>
+  </si>
+  <si>
+    <t>A-02-02-02-006-009  SERVICIOS DE DISTRIBUCIÓN DE ELECTRICIDAD, GAS Y AGUA (POR CUENTA PROPIA)</t>
+  </si>
+  <si>
+    <t>A-02-02-02-007-001  SERVICIOS FINANCIEROS Y SERVICIOS CONEXOS</t>
+  </si>
+  <si>
+    <t>A-02-02-02-008-002  SERVICIOS JURÍDICOS Y CONTABLES</t>
+  </si>
+  <si>
+    <t>A-02-02-02-008-003  SERVICIOS PROFESIONALES, CIENTÍFICOS Y TÉCNICOS (EXCEPTO LOS SERVICIOS DE INVESTIGACION, URBANISMO, JURÍDICOS Y DE CONTABILIDAD)</t>
+  </si>
+  <si>
+    <t>A-02-02-02-008-004  SERVICIOS DE TELECOMUNICACIONES, TRANSMISIÓN Y SUMINISTRO DE INFORMACIÓN</t>
+  </si>
+  <si>
+    <t>A-02-02-02-008-005  SERVICIOS DE SOPORTE</t>
+  </si>
+  <si>
+    <t>A-02-02-02-008-007  SERVICIOS DE MANTENIMIENTO, REPARACIÓN E INSTALACIÓN (EXCEPTO SERVICIOS DE CONSTRUCCIÓN)</t>
+  </si>
+  <si>
+    <t>A-02-02-02-008-009  OTROS SERVICIOS DE FABRICACIÓN; SERVICIOS DE EDICIÓN, IMPRESIÓN Y REPRODUCCIÓN; SERVICIOS DE RECUPERACIÓN DE MATERIALES</t>
+  </si>
+  <si>
+    <t>A-02-02-02-009-004  SERVICIOS DE ALCANTARILLADO, RECOLECCIÓN, TRATAMIENTO Y DISPOSICIÓN DE DESECHOS Y OTROS SERVICIOS DE SANEAMIENTO AMBIENTAL</t>
+  </si>
+  <si>
+    <t>A-02-02-02-009-006  SERVICIOS RECREATIVOS, CULTURALES Y DEPORTIVOS</t>
+  </si>
+  <si>
+    <t>A-02-02-02-009-007  OTROS SERVICIOS</t>
+  </si>
+  <si>
+    <t>A-02-02-02-010  VIÁTICOS DE LOS FUNCIONARIOS EN COMISIÓN</t>
+  </si>
+  <si>
+    <t>A-03-04-02-001-002  MESADAS PENSIONALES A CARGO DE LA ENTIDAD (DE PENSIONES)</t>
+  </si>
+  <si>
+    <t>A-03-04-02-012-001  INCAPACIDADES (NO DE PENSIONES)</t>
+  </si>
+  <si>
+    <t>A-03-04-02-012-002  LICENCIAS DE MATERNIDAD Y PATERNIDAD (NO DE PENSIONES)</t>
+  </si>
+  <si>
+    <t>A-03-10-01-001  SENTENCIAS</t>
+  </si>
+  <si>
+    <t>A-08-01-02-001  IMPUESTO PREDIAL Y SOBRETASA AMBIENTAL</t>
+  </si>
+  <si>
+    <t>A-08-01-02-006  IMPUESTO SOBRE VEHÍCULOS AUTOMOTORES</t>
+  </si>
+  <si>
+    <t>A-08-04-01  CUOTA DE FISCALIZACIÓN Y AUDITAJE</t>
+  </si>
+  <si>
+    <t>C-0505-1000-5-53105B-0505021-01  GTOS. DE PERS. - SERVICIO DE DISEÑO, DESARROLLO E IMPLEMENTACIÓN DE LA ESTRATEGIA TERRITORIAL - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERAR</t>
+  </si>
+  <si>
+    <t>C-0505-1000-5-53105B-0505004-01  GTOS. DE PERS. - DOCUMENTOS METODOLÓGICOS - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERAR LA CONFIANZA DE LA CIUDADANÍA EN EL ESTADO -  NACIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C-0505-1000-5-53105B-0505047-01  GTOS. DE PERS. - SERVICIO DE ASISTENCIA TÉCNICA - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERAR LA CONFIANZA DE LA CIUDADANÍA EN EL ESTADO - </t>
+  </si>
+  <si>
+    <t>C-0505-1000-5-53105B-0505021-02  ADQUIS. DE BYS - SERVICIO DE DISEÑO, DESARROLLO E IMPLEMENTACIÓN DE LA ESTRATEGIA TERRITORIAL - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C-0505-1000-5-53105B-0505021-03  TRANSF. CTES. - SERVICIO DE DISEÑO, DESARROLLO E IMPLEMENTACIÓN DE LA ESTRATEGIA TERRITORIAL - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERAR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">C-0505-1000-5-53105B-0505047-03  TRANSF. CTES. - SERVICIO DE ASISTENCIA TÉCNICA - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERAR LA CONFIANZA DE LA CIUDADANÍA EN EL ESTADO -  </t>
+  </si>
+  <si>
+    <t>C-0505-1000-5-53105B-0505004-03  TRANSF. CTES. - DOCUMENTOS METODOLÓGICOS - FORMULACIÓN CONSOLIDACIÓN DE LAS CAPACIDADES DE GESTIÓN Y DESEMPEÑO DE LAS ENTIDADES Y SERVIDORES PÚBLICOS DEL NIVEL TERRITORIAL Y NACIONAL PARA RECUPERAR LA CONFIANZA DE LA CIUDADANÍA EN EL ESTADO -  NACION</t>
+  </si>
+  <si>
+    <t>C-0505-1000-6-53105B-0505004-01  GTOS. DE PERS. - DOCUMENTOS METODOLÓGICOS - FORTALECIMIENTO DE LAS CAPACIDADES INSTITUCIONALES PARA LA PRESTACIÓN OPTIMA DE UN SERVICIO PÚBLICO DE CALIDAD A LAS CIUDADANÍAS BOGOTÁ</t>
+  </si>
+  <si>
+    <t>C-0505-1000-6-53105B-0505002-01  GTOS. DE PERS. - DOCUMENTOS DE LINEAMIENTOS TÉCNICOS - FORTALECIMIENTO DE LAS CAPACIDADES INSTITUCIONALES PARA LA PRESTACIÓN OPTIMA DE UN SERVICIO PÚBLICO DE CALIDAD A LAS CIUDADANÍAS BOGOTÁ</t>
+  </si>
+  <si>
+    <t>C-0505-1000-6-53105B-0505039-02  ADQUIS. DE BYS - SERVICIO DE APOYO PARA EL FORTALECIMIENTO DE LA GESTIÓN DE LAS ENTIDADES PÚBLICAS - FORMULACIÓN FORTALECIMIENTO DE LAS CAPACIDADES INSTITUCIONALES PARA LA PRESTACIÓN OPTIMA DE UN SERVICIO PÚBLICO DE CALIDAD A LAS CIUDADANÍAS  BOGOTÁ</t>
+  </si>
+  <si>
+    <t>C-0505-1000-6-53105B-0505002-03  TRANSF. CTES. - DOCUMENTOS DE LINEAMIENTOS TÉCNICOS - FORMULACIÓN FORTALECIMIENTO DE LAS CAPACIDADES INSTITUCIONALES PARA LA PRESTACIÓN OPTIMA DE UN SERVICIO PÚBLICO DE CALIDAD A LAS CIUDADANÍAS  BOGOTÁ</t>
+  </si>
+  <si>
+    <t>C-0505-1000-6-53105B-0505004-03  TRANSF. CTES. - DOCUMENTOS METODOLÓGICOS - FORMULACIÓN FORTALECIMIENTO DE LAS CAPACIDADES INSTITUCIONALES PARA LA PRESTACIÓN OPTIMA DE UN SERVICIO PÚBLICO DE CALIDAD A LAS CIUDADANÍAS  BOGOTÁ</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599072-01  GTOS. DE PERS. - DOCUMENTOS DE POLÍTICA - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚBLICA Y LA GES</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599059-01  GTOS. DE PERS. - DOCUMENTOS NORMATIVOS - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚBLICA Y LA GEST</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599066-01  GTOS. DE PERS. - SERVICIOS DE INFORMACIÓN ACTUALIZADOS - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN P</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599072-02  ADQUIS. DE BYS - DOCUMENTOS DE POLÍTICA - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚBLICA Y LA GE</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599059-02  ADQUIS. DE BYS - DOCUMENTOS NORMATIVOS - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚBLICA Y LA GES</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599072-03  TRANSF. CTES. - DOCUMENTOS DE POLÍTICA - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚBLICA Y LA GEST</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599059-03  TRANSF. CTES. - DOCUMENTOS NORMATIVOS - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚBLICA Y LA GESTI</t>
+  </si>
+  <si>
+    <t>C-0599-1000-7-53105B-0599066-03  TRANSF. CTES. - SERVICIOS DE INFORMACIÓN ACTUALIZADOS - TRANSFORMACIÓN DE LAS ADMINISTRACIONES PÚBLICAS  MEDIANTE EL DESARROLLO DE POLÍTICAS Y LINEAMIENTOS QUE PERMITAN EL FORTALECIMIENTO DE LOS COMPONENTES DE LA FUNCIÓN ADMINISTRATIVA, LA FUNCIÓN PÚ</t>
+  </si>
+  <si>
+    <t>C-0599-1000-8-53105B-0599069-02  ADQUIS. DE BYS - SERVICIOS TECNOLÓGICOS - MEJORAMIENTO DE LAS TECNOLOGÍAS DE LA INFORMACIÓN Y LAS COMUNICACIONES A NIVEL INSTITUCIONAL PARA DAR CUMPLIMIENTO A LAS POLÍTICAS DE GOBIERNO DIGITAL Y TRANSFORMACIÓN DIGITAL  BOGOTÁ</t>
+  </si>
+  <si>
+    <t>C-0599-1000-8-53105B-0599076-02  ADQUIS. DE BYS - SERVICIO DE ACTUALIZACIÓN DEL SISTEMA DE GESTIÓN - MEJORAMIENTO DE LAS TECNOLOGÍAS DE LA INFORMACIÓN Y LAS COMUNICACIONES A NIVEL INSTITUCIONAL PARA DAR CUMPLIMIENTO A LAS POLÍTICAS DE GOBIERNO DIGITAL Y TRANSFORMACIÓN DIGITAL  BOGO</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>GASTOS DE PERSONAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ADQUISICIÓN DE BIENES Y SERVICIOS</t>
+  </si>
+  <si>
+    <t>MESADAS PENSIONALES</t>
+  </si>
+  <si>
+    <t>TRANSFERENCIAS CORRIENTES</t>
   </si>
   <si>
     <t>Instructivo para su diligenciamiento</t>
   </si>
   <si>
-    <t>Anexo Rubros Presupuestales</t>
-[...5 lines deleted...]
-    <t>Incapacidades (no de pensiones)</t>
+    <t xml:space="preserve">Solicitud Certificado de Disponibilidad Presupuestal </t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Solicitud Certificado de Disponibilidad Presupuestal </t>
+      <t>2. La fecha:</t>
     </r>
     <r>
       <rPr>
+        <sz val="10"/>
+        <color indexed="63"/>
+        <rFont val="Helvatica"/>
+      </rPr>
+      <t xml:space="preserve"> corresponde al día, mes y año en que se elabora la solicitud.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <b/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t>Transferencias Corrientes Mesadas Pensionales</t>
-[...4 lines deleted...]
-      <t>Comunicado Interno:</t>
+      <t>3. Area que lo solicita</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> corresponde a identificación de la dependencia solicitante, el número consecutivo para los comunicados internos.</t>
+      <t>: grupo que lo solicita</t>
     </r>
   </si>
   <si>
     <r>
-      <t>La fecha:</t>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Helvatica"/>
+      </rPr>
+      <t>5. Motivación de la expedición de cdp</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> corresponde al día en que se elabora la solicitud.</t>
+      <t>: marcar con una X el motivo y cuando se trate de realizar modificaciones al Certificado de Disponibilidad-CDP expedido, como Adición, Reducción/Liberación, Anulación, se señala la actividad a realizar y se cita el número del CDP a modificar en la casilla inferior.</t>
     </r>
   </si>
   <si>
-    <r>
-[...1 lines deleted...]
-    </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t>X</t>
+      <t>6. Objeto del cdp</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> la casilla </t>
+      <t>: descripción de lo que se va a pagar, contratar o adquirir.</t>
     </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t>solicitud</t>
+      <t>7. Ítem plan de adquisiciones</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> cuando es la primer vez.</t>
+      <t xml:space="preserve">:el código interno de acuedo a Plan Anual de Adquisiones </t>
     </r>
   </si>
   <si>
     <r>
-      <t>Rubro presupuestal:</t>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Helvatica"/>
+      </rPr>
+      <t>8.Observaciones</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> para diligenciar el rubro, se selecciona en el anexo adjunto el que corresponda expresado a su máximo nivel de desagregación y se copia en el formato y así para cada uno de los que se requieran.</t>
+      <t xml:space="preserve">: se diligencia la aclaración </t>
     </r>
   </si>
   <si>
     <r>
-      <t>Son:</t>
+      <t>10. Ordenador del Gasto:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="63"/>
+        <rFont val="Helvatica"/>
+      </rPr>
+      <t xml:space="preserve"> diligenciar el nombre del ordenador del gasto, número de identificación y Cargo.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Helvatica"/>
+      </rPr>
+      <t>9. Imputación presupuestal</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> El total en letras del certificado de disponibilidad presupuestal</t>
+      <t>: de acuerdo a los rubros presupuestales anexos de funcionamiento e inversión escoger de la lista desplegable el rubro que requiere afectar expresado a su máximo nivel de desagregación, seleccionar primero la identificacion (si es A: Funcionamineto o C: Inversión) y luego el concepto (escoger de la lista desplegable de acuerdo a la necesidad de afectación presupuestal) y colocar el valor en cifras numericas</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Objeto:</t>
+      <t>Valor:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="63"/>
+        <rFont val="Helvatica"/>
+      </rPr>
+      <t xml:space="preserve"> el total en letras de la solicitud del certificado de disponibilidad presupuestal</t>
+    </r>
+  </si>
+  <si>
+    <t>1. CODIGO DE LA DEPENDENCIA</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">4. Tipo de gasto: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> descripción de lo que se va a pagar, contratar o adquirir.</t>
-[...4 lines deleted...]
-      <t>Observaciones:</t>
+      <t>Seleccionar la X si</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <color indexed="63"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> cuando se requiera de una información adicional que aclare el objeto.</t>
+      <t xml:space="preserve"> es gasto de personal, adquisición de bienes y servicios, inversion, mesadas pensionales o transferencias corrientes</t>
     </r>
   </si>
   <si>
+    <t>DIA</t>
+  </si>
+  <si>
+    <t>MES</t>
+  </si>
+  <si>
+    <t>ENERO</t>
+  </si>
+  <si>
+    <t>FEBRERO</t>
+  </si>
+  <si>
+    <t>MARZO</t>
+  </si>
+  <si>
+    <t>ABRIL</t>
+  </si>
+  <si>
+    <t>MAYO</t>
+  </si>
+  <si>
+    <t>JUNIO</t>
+  </si>
+  <si>
+    <t>JULIO</t>
+  </si>
+  <si>
+    <t>AGOSTO</t>
+  </si>
+  <si>
+    <t>SEPTIEMBRE</t>
+  </si>
+  <si>
+    <t>OCTUBRE</t>
+  </si>
+  <si>
+    <t>NOVIEMBRE</t>
+  </si>
+  <si>
+    <t>DICIEMBRE</t>
+  </si>
+  <si>
+    <t>AÑO</t>
+  </si>
+  <si>
+    <t>VALOR $</t>
+  </si>
+  <si>
     <r>
-      <t>Ordenador del Gasto:</t>
+      <t>10. Jefe del área que solicita o quien haga sus veces:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <color indexed="63"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t xml:space="preserve"> diligenciar el nombre del ordenador del gasto, número de identificación y Cargo.</t>
+      <t xml:space="preserve"> diligenciar el nombre del jefe del área que solicita, número de identificación y Cargo.Nombre de quien proyectó y revisó.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Grupo de Gestión Financiera: </t>
+      <t>1. Código de la dependencia:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF4D4D4D"/>
-        <rFont val="Helvetica"/>
+        <color indexed="63"/>
+        <rFont val="Helvatica"/>
       </rPr>
-      <t>diligenciar el nombre de quien tramita en SIIF</t>
+      <t xml:space="preserve"> corresponde a identificación de la dependencia solicitante de acuerdo al codigo de la tabla de retención documental</t>
     </r>
   </si>
   <si>
-    <t>CDP 
-[...1 lines deleted...]
-Mesada Pensional</t>
+    <t>Dirección General</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grupo de Apoyo Administrativo de la Direccion General </t>
+  </si>
+  <si>
+    <t>Grupo de Apoyo Gestión Meritocratica</t>
+  </si>
+  <si>
+    <t>Oficina de Control Interno</t>
+  </si>
+  <si>
+    <t>Oficina Asesora de Planeación</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grupo de Mejoramiento Institucional </t>
+  </si>
+  <si>
+    <t>Oficina de las Tecnologias de la Información y de las Comunicaciones</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grupo de Servicios de la Información </t>
+  </si>
+  <si>
+    <t>Grupo de Servicios de Tecnología</t>
+  </si>
+  <si>
+    <t>Gripo de Proyectos Estrategicos de Tecnologia de la Información</t>
+  </si>
+  <si>
+    <t>Subdirección</t>
+  </si>
+  <si>
+    <t>Grupo de Comunicaciones Estrategicas</t>
+  </si>
+  <si>
+    <t>Dirección de Gestión del Conocimiento</t>
+  </si>
+  <si>
+    <t>Direccion de Desarrollo Organizacional</t>
+  </si>
+  <si>
+    <t>Grupo de Analisis y Politicas para las Entidades Públicas</t>
+  </si>
+  <si>
+    <t>Grupo de Asesoria y Gestión de Politicas para las Entidades Públicas</t>
+  </si>
+  <si>
+    <t>Direccióm de Gestión de Desempeño Institucional</t>
+  </si>
+  <si>
+    <t>Grupo de Analisis y Politicas para la Gestión de Desempeño Institucional</t>
+  </si>
+  <si>
+    <t>Grupo de Asesoria y Gestión para la Gestión de Desempeño Institucional</t>
+  </si>
+  <si>
+    <t>Dirección de Empleo Público</t>
+  </si>
+  <si>
+    <t>Grupo de Analisis y Politicas para el Empleo Público</t>
+  </si>
+  <si>
+    <t>Grupo de Asesoria y Gestión para el Empleo Público</t>
+  </si>
+  <si>
+    <t>Dirección de Participación, Transparencia y Servicio al Ciudadano</t>
+  </si>
+  <si>
+    <t>Grupo de Analisis y Politicas para Participación, Transparencia y Servicio al Ciudadano</t>
+  </si>
+  <si>
+    <t>Grupo de Asesoria y Gestión para Participación, Transparencia y Servicio al Ciudadano</t>
+  </si>
+  <si>
+    <t>Dirección Juridica</t>
+  </si>
+  <si>
+    <t>Grupo de Estudio y Apoyo a la Formulación de Politicas</t>
+  </si>
+  <si>
+    <t>Grupo de asesoria, Conceptos y Relatoría</t>
+  </si>
+  <si>
+    <t>Grupo de Defensa Judicial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secretaria General </t>
+  </si>
+  <si>
+    <t>Gupo deGestión Humana</t>
+  </si>
+  <si>
+    <t>Grupo de Gestión Contratual</t>
+  </si>
+  <si>
+    <t>Grupo de Gestión Financiera</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grupo de Servicio al Ciudadano Institucional </t>
+  </si>
+  <si>
+    <t>Grupo de Gestion Administrativa</t>
+  </si>
+  <si>
+    <t>Grupo de Gestion Documental</t>
+  </si>
+  <si>
+    <t>1. Código dependencia</t>
+  </si>
+  <si>
+    <t>3. Área Qque lo solicita</t>
+  </si>
+  <si>
+    <t>4. Tipo de gasto</t>
+  </si>
+  <si>
+    <t>4.1. Gastos de personal</t>
+  </si>
+  <si>
+    <t>4.2. Adquisición de bienes y servicios</t>
+  </si>
+  <si>
+    <t>4.3. Mesadas pensionales</t>
+  </si>
+  <si>
+    <t>4.4. Transferiencias corrientes</t>
+  </si>
+  <si>
+    <t>4.5. Inversión</t>
+  </si>
+  <si>
+    <t>Funcionamiento</t>
+  </si>
+  <si>
+    <t>Inversión</t>
+  </si>
+  <si>
+    <t>5. Motivación de la expedición del Certificado de Disponibilidad presupuestal CDP</t>
+  </si>
+  <si>
+    <t>5.1. Solicitud</t>
+  </si>
+  <si>
+    <t>5.2. Adición</t>
+  </si>
+  <si>
+    <t>5.3. Reeducción</t>
+  </si>
+  <si>
+    <t>5.4. Liberación</t>
+  </si>
+  <si>
+    <t>5.5. Anulación</t>
+  </si>
+  <si>
+    <t>6. Objeto del CDP / Datos administrativos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7. Línea plan adquisiciones (Código Interno)       </t>
+  </si>
+  <si>
+    <t>8. Observaciones</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>9. Imputación presupuestal</t>
+  </si>
+  <si>
+    <t>Concepto</t>
+  </si>
+  <si>
+    <t>10. Jefe de la dependencia que solicita o quien haga sus veces</t>
+  </si>
+  <si>
+    <t>No CDP</t>
+  </si>
+  <si>
+    <t>Solicitud de Certificado de Disponibilidad presupuestal CDP</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2. Fecha de solicitud (dd / mm / aaaa)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
+  <numFmts count="4">
+    <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
+    <numFmt numFmtId="44" formatCode="_-&quot;$&quot;\ * #,##0.00_-;\-&quot;$&quot;\ * #,##0.00_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_(&quot;$&quot;\ * #,##0.00_);_(&quot;$&quot;\ * \(#,##0.00\);_(&quot;$&quot;\ * &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="27">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="MS Sans Serif"/>
+      <sz val="8"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
+      <sz val="14"/>
+      <color rgb="FF4D4D4D"/>
+      <name val="Helvatica"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF4D4D4D"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12"/>
       <color rgb="FF4D4D4D"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF4D4D4D"/>
+      <name val="Helvatica"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="63"/>
+      <name val="Helvatica"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF4D4D4D"/>
+      <name val="Helvatica"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color rgb="FF4D4D4D"/>
+      <color theme="1" tint="0.34998626667073579"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF4D4D4D"/>
+      <color theme="1"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color rgb="FF4D4D4D"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Helvetica"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color rgb="FF4D4D4D"/>
+      <color rgb="FF000000"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FF4D4D4D"/>
-[...5 lines deleted...]
-      <color rgb="FF4D4D4D"/>
+      <color theme="1"/>
       <name val="Helvetica"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="20">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color theme="1"/>
+      </right>
+      <top style="hair">
+        <color theme="1"/>
+      </top>
+      <bottom style="hair">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color theme="1"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color theme="1"/>
+      </top>
+      <bottom style="hair">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color theme="1"/>
+      </top>
+      <bottom style="hair">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-      <top style="medium">
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...75 lines deleted...]
-      <right style="hair">
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
-[...90 lines deleted...]
-      <bottom style="hair">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="41" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="48">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="justify" vertical="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="4" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="23" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="13" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...61 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="17">
+    <cellStyle name="Millares [0] 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Millares [0] 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Millares 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Millares 3" xfId="16" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Millares 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Moneda" xfId="1" builtinId="4"/>
+    <cellStyle name="Moneda 2" xfId="12" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Hoja1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="Normal 3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="Normal 4" xfId="14" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="Normal 5" xfId="4" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="Porcentaje 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="Porcentaje 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="Porcentaje 4" xfId="13" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
   </cellStyles>
-  <dxfs count="0"/>
-[...7 lines deleted...]
-  </colors>
+  <dxfs count="3">
+    <dxf>
+      <font>
+        <sz val="8"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <sz val="8"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="7" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
+  <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
+    <tableStyle name="Estilo de tabla 1" pivot="0" count="0" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}"/>
+  </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>15240</xdr:colOff>
+      <xdr:colOff>219075</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:rowOff>47626</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>179070</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>762000</xdr:rowOff>
+      <xdr:colOff>133350</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>225552</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7B8FCCD-14B2-47AB-A507-48D2B4646BB7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2016FFBF-D54A-4F15-93BA-624E4B12D2D4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1"/>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="605790" y="152400"/>
-          <a:ext cx="1344930" cy="609600"/>
+          <a:off x="819150" y="47626"/>
+          <a:ext cx="1047750" cy="454151"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>381000</xdr:colOff>
+      <xdr:colOff>561975</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>144517</xdr:rowOff>
+      <xdr:rowOff>238125</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>689013</xdr:rowOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B34A59DC-0F4C-46BD-A68D-EDBB175F6F41}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1"/>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="381000" y="144517"/>
-          <a:ext cx="1284462" cy="544496"/>
+          <a:off x="561975" y="238125"/>
+          <a:ext cx="1181100" cy="657225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="TIPO" displayName="TIPO" ref="A1:A6" totalsRowShown="0" headerRowDxfId="2" dataDxfId="1" dataCellStyle="Normal 3">
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="TIPO" dataDxfId="0" dataCellStyle="Normal 3"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight10" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="IDENTIF" displayName="IDENTIF" ref="C1:C41" totalsRowShown="0">
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="IDENTIFICACION"/>
+  </tableColumns>
+  <tableStyleInfo name="Estilo de tabla 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1200,1094 +2201,2322 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:O43"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="68" workbookViewId="0">
+      <selection activeCell="F16" sqref="F16:O16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5"/>
+  <cols>
+    <col min="1" max="1" width="8.54296875" customWidth="1"/>
+    <col min="2" max="2" width="7.54296875" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" customWidth="1"/>
+    <col min="4" max="7" width="7.7265625" customWidth="1"/>
+    <col min="8" max="8" width="8.453125" customWidth="1"/>
+    <col min="9" max="9" width="7.81640625" customWidth="1"/>
+    <col min="10" max="11" width="8.81640625" customWidth="1"/>
+    <col min="12" max="13" width="7.81640625" customWidth="1"/>
+    <col min="15" max="15" width="15.1796875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="22" customHeight="1">
+      <c r="A1" s="28"/>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="30" t="s">
+        <v>211</v>
+      </c>
+      <c r="G1" s="30"/>
+      <c r="H1" s="30"/>
+      <c r="I1" s="30"/>
+      <c r="J1" s="30"/>
+      <c r="K1" s="30"/>
+      <c r="L1" s="30"/>
+      <c r="M1" s="30"/>
+      <c r="N1" s="30"/>
+      <c r="O1" s="31"/>
+    </row>
+    <row r="2" spans="1:15" ht="22" customHeight="1">
+      <c r="A2" s="32"/>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
+      <c r="I2" s="34"/>
+      <c r="J2" s="34"/>
+      <c r="K2" s="34"/>
+      <c r="L2" s="34"/>
+      <c r="M2" s="34"/>
+      <c r="N2" s="34"/>
+      <c r="O2" s="35"/>
+    </row>
+    <row r="3" spans="1:15" ht="21" customHeight="1">
+      <c r="A3" s="102" t="s">
+        <v>187</v>
+      </c>
+      <c r="B3" s="102"/>
+      <c r="C3" s="102"/>
+      <c r="D3" s="102"/>
+      <c r="E3" s="102"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="37"/>
+      <c r="I3" s="37"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="102" t="s">
+        <v>212</v>
+      </c>
+      <c r="L3" s="102"/>
+      <c r="M3" s="102"/>
+      <c r="N3" s="102"/>
+      <c r="O3" s="102"/>
+    </row>
+    <row r="4" spans="1:15" ht="31.5" customHeight="1">
+      <c r="A4" s="102" t="s">
+        <v>188</v>
+      </c>
+      <c r="B4" s="102"/>
+      <c r="C4" s="102"/>
+      <c r="D4" s="102"/>
+      <c r="E4" s="102"/>
+      <c r="F4" s="36"/>
+      <c r="G4" s="37"/>
+      <c r="H4" s="37"/>
+      <c r="I4" s="37"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="39"/>
+      <c r="L4" s="40"/>
+      <c r="M4" s="41"/>
+      <c r="N4" s="42"/>
+      <c r="O4" s="43">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="14.5" customHeight="1">
+      <c r="A5" s="44" t="s">
+        <v>189</v>
+      </c>
+      <c r="B5" s="45"/>
+      <c r="C5" s="45"/>
+      <c r="D5" s="45"/>
+      <c r="E5" s="45"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="45"/>
+      <c r="H5" s="45"/>
+      <c r="I5" s="45"/>
+      <c r="J5" s="45"/>
+      <c r="K5" s="45"/>
+      <c r="L5" s="45"/>
+      <c r="M5" s="45"/>
+      <c r="N5" s="45"/>
+      <c r="O5" s="45"/>
+    </row>
+    <row r="6" spans="1:15" ht="15" customHeight="1">
+      <c r="A6" s="46" t="s">
+        <v>190</v>
+      </c>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+      <c r="E6" s="46"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="47"/>
+      <c r="H6" s="104" t="s">
+        <v>23</v>
+      </c>
+      <c r="I6" s="48"/>
+      <c r="J6" s="49" t="s">
+        <v>195</v>
+      </c>
+      <c r="K6" s="50"/>
+      <c r="L6" s="50"/>
+      <c r="M6" s="50"/>
+      <c r="N6" s="50"/>
+      <c r="O6" s="51"/>
+    </row>
+    <row r="7" spans="1:15">
+      <c r="A7" s="46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="46"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="47"/>
+      <c r="H7" s="104" t="s">
+        <v>24</v>
+      </c>
+      <c r="I7" s="48"/>
+      <c r="J7" s="52"/>
+      <c r="K7" s="53"/>
+      <c r="L7" s="53"/>
+      <c r="M7" s="53"/>
+      <c r="N7" s="53"/>
+      <c r="O7" s="54"/>
+    </row>
+    <row r="8" spans="1:15">
+      <c r="A8" s="46" t="s">
+        <v>192</v>
+      </c>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="47"/>
+      <c r="H8" s="104" t="s">
+        <v>25</v>
+      </c>
+      <c r="I8" s="48"/>
+      <c r="J8" s="52"/>
+      <c r="K8" s="53"/>
+      <c r="L8" s="53"/>
+      <c r="M8" s="53"/>
+      <c r="N8" s="53"/>
+      <c r="O8" s="54"/>
+    </row>
+    <row r="9" spans="1:15">
+      <c r="A9" s="46" t="s">
+        <v>193</v>
+      </c>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="47"/>
+      <c r="H9" s="104" t="s">
+        <v>26</v>
+      </c>
+      <c r="I9" s="48"/>
+      <c r="J9" s="55"/>
+      <c r="K9" s="56"/>
+      <c r="L9" s="56"/>
+      <c r="M9" s="56"/>
+      <c r="N9" s="56"/>
+      <c r="O9" s="57"/>
+    </row>
+    <row r="10" spans="1:15" ht="15" customHeight="1">
+      <c r="A10" s="46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="47"/>
+      <c r="H10" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="I10" s="48"/>
+      <c r="J10" s="58" t="s">
+        <v>196</v>
+      </c>
+      <c r="K10" s="59"/>
+      <c r="L10" s="59"/>
+      <c r="M10" s="59"/>
+      <c r="N10" s="59"/>
+      <c r="O10" s="59"/>
+    </row>
+    <row r="11" spans="1:15" ht="15.5" customHeight="1">
+      <c r="A11" s="60" t="s">
+        <v>197</v>
+      </c>
+      <c r="B11" s="60"/>
+      <c r="C11" s="60"/>
+      <c r="D11" s="60"/>
+      <c r="E11" s="60"/>
+      <c r="F11" s="60"/>
+      <c r="G11" s="60"/>
+      <c r="H11" s="60"/>
+      <c r="I11" s="60"/>
+      <c r="J11" s="60"/>
+      <c r="K11" s="60"/>
+      <c r="L11" s="60"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="60"/>
+      <c r="O11" s="60"/>
+    </row>
+    <row r="12" spans="1:15">
+      <c r="A12" s="61" t="s">
+        <v>198</v>
+      </c>
+      <c r="B12" s="61"/>
+      <c r="C12" s="62"/>
+      <c r="D12" s="61" t="s">
+        <v>199</v>
+      </c>
+      <c r="E12" s="61"/>
+      <c r="F12" s="63"/>
+      <c r="G12" s="64" t="s">
+        <v>200</v>
+      </c>
+      <c r="H12" s="65"/>
+      <c r="I12" s="66"/>
+      <c r="J12" s="64" t="s">
+        <v>201</v>
+      </c>
+      <c r="K12" s="61"/>
+      <c r="L12" s="66"/>
+      <c r="M12" s="64" t="s">
+        <v>202</v>
+      </c>
+      <c r="N12" s="61"/>
+      <c r="O12" s="66"/>
+    </row>
+    <row r="13" spans="1:15" ht="12" customHeight="1">
+      <c r="A13" s="67"/>
+      <c r="B13" s="67"/>
+      <c r="C13" s="68"/>
+      <c r="D13" s="67"/>
+      <c r="E13" s="67"/>
+      <c r="F13" s="69"/>
+      <c r="G13" s="67"/>
+      <c r="H13" s="67"/>
+      <c r="I13" s="67"/>
+      <c r="J13" s="67"/>
+      <c r="K13" s="67"/>
+      <c r="L13" s="67"/>
+      <c r="M13" s="67"/>
+      <c r="N13" s="67"/>
+      <c r="O13" s="67"/>
+    </row>
+    <row r="14" spans="1:15">
+      <c r="A14" s="68"/>
+      <c r="B14" s="68"/>
+      <c r="C14" s="68"/>
+      <c r="D14" s="70" t="s">
+        <v>210</v>
+      </c>
+      <c r="E14" s="70"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="70"/>
+      <c r="H14" s="70"/>
+      <c r="I14" s="70"/>
+      <c r="J14" s="70"/>
+      <c r="K14" s="70"/>
+      <c r="L14" s="70"/>
+      <c r="M14" s="70"/>
+      <c r="N14" s="70"/>
+      <c r="O14" s="70"/>
+    </row>
+    <row r="15" spans="1:15" ht="38" customHeight="1">
+      <c r="A15" s="102" t="s">
+        <v>203</v>
+      </c>
+      <c r="B15" s="102"/>
+      <c r="C15" s="102"/>
+      <c r="D15" s="102"/>
+      <c r="E15" s="102"/>
+      <c r="F15" s="71"/>
+      <c r="G15" s="72"/>
+      <c r="H15" s="72"/>
+      <c r="I15" s="72"/>
+      <c r="J15" s="72"/>
+      <c r="K15" s="72"/>
+      <c r="L15" s="72"/>
+      <c r="M15" s="72"/>
+      <c r="N15" s="72"/>
+      <c r="O15" s="72"/>
+    </row>
+    <row r="16" spans="1:15" ht="21.75" customHeight="1">
+      <c r="A16" s="102" t="s">
+        <v>204</v>
+      </c>
+      <c r="B16" s="102"/>
+      <c r="C16" s="102"/>
+      <c r="D16" s="102"/>
+      <c r="E16" s="102"/>
+      <c r="F16" s="71"/>
+      <c r="G16" s="72"/>
+      <c r="H16" s="72"/>
+      <c r="I16" s="72"/>
+      <c r="J16" s="72"/>
+      <c r="K16" s="72"/>
+      <c r="L16" s="72"/>
+      <c r="M16" s="72"/>
+      <c r="N16" s="72"/>
+      <c r="O16" s="72"/>
+    </row>
+    <row r="17" spans="1:15" ht="34.5" customHeight="1">
+      <c r="A17" s="102" t="s">
+        <v>205</v>
+      </c>
+      <c r="B17" s="102"/>
+      <c r="C17" s="102"/>
+      <c r="D17" s="102"/>
+      <c r="E17" s="102"/>
+      <c r="F17" s="71"/>
+      <c r="G17" s="72"/>
+      <c r="H17" s="72"/>
+      <c r="I17" s="72"/>
+      <c r="J17" s="72"/>
+      <c r="K17" s="72"/>
+      <c r="L17" s="72"/>
+      <c r="M17" s="72"/>
+      <c r="N17" s="72"/>
+      <c r="O17" s="72"/>
+    </row>
+    <row r="18" spans="1:15">
+      <c r="A18" s="73"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="73"/>
+      <c r="D18" s="73"/>
+      <c r="E18" s="73"/>
+      <c r="F18" s="73"/>
+      <c r="G18" s="73"/>
+      <c r="H18" s="73"/>
+      <c r="I18" s="73"/>
+      <c r="J18" s="73"/>
+      <c r="K18" s="73"/>
+      <c r="L18" s="73"/>
+      <c r="M18" s="73"/>
+      <c r="N18" s="73"/>
+      <c r="O18" s="74"/>
+    </row>
+    <row r="19" spans="1:15" ht="15" customHeight="1">
+      <c r="A19" s="60" t="s">
+        <v>207</v>
+      </c>
+      <c r="B19" s="60"/>
+      <c r="C19" s="60"/>
+      <c r="D19" s="60"/>
+      <c r="E19" s="60"/>
+      <c r="F19" s="60"/>
+      <c r="G19" s="60"/>
+      <c r="H19" s="60"/>
+      <c r="I19" s="60"/>
+      <c r="J19" s="60"/>
+      <c r="K19" s="60"/>
+      <c r="L19" s="60"/>
+      <c r="M19" s="60"/>
+      <c r="N19" s="60"/>
+      <c r="O19" s="60"/>
+    </row>
+    <row r="20" spans="1:15">
+      <c r="A20" s="75" t="s">
+        <v>206</v>
+      </c>
+      <c r="B20" s="76" t="s">
+        <v>208</v>
+      </c>
+      <c r="C20" s="77"/>
+      <c r="D20" s="77"/>
+      <c r="E20" s="77"/>
+      <c r="F20" s="77"/>
+      <c r="G20" s="77"/>
+      <c r="H20" s="77"/>
+      <c r="I20" s="77"/>
+      <c r="J20" s="77"/>
+      <c r="K20" s="77"/>
+      <c r="L20" s="77"/>
+      <c r="M20" s="78"/>
+      <c r="N20" s="44" t="s">
+        <v>148</v>
+      </c>
+      <c r="O20" s="45"/>
+    </row>
+    <row r="21" spans="1:15" ht="53" customHeight="1">
+      <c r="A21" s="79" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="80" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="80"/>
+      <c r="D21" s="80"/>
+      <c r="E21" s="80"/>
+      <c r="F21" s="80"/>
+      <c r="G21" s="80"/>
+      <c r="H21" s="80"/>
+      <c r="I21" s="80"/>
+      <c r="J21" s="80"/>
+      <c r="K21" s="80"/>
+      <c r="L21" s="80"/>
+      <c r="M21" s="80"/>
+      <c r="N21" s="81">
+        <v>1000000</v>
+      </c>
+      <c r="O21" s="81"/>
+    </row>
+    <row r="22" spans="1:15" ht="53" customHeight="1">
+      <c r="A22" s="79" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="80" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="80"/>
+      <c r="D22" s="80"/>
+      <c r="E22" s="80"/>
+      <c r="F22" s="80"/>
+      <c r="G22" s="80"/>
+      <c r="H22" s="80"/>
+      <c r="I22" s="80"/>
+      <c r="J22" s="80"/>
+      <c r="K22" s="80"/>
+      <c r="L22" s="80"/>
+      <c r="M22" s="80"/>
+      <c r="N22" s="81"/>
+      <c r="O22" s="81"/>
+    </row>
+    <row r="23" spans="1:15" ht="53" customHeight="1">
+      <c r="A23" s="79"/>
+      <c r="B23" s="80"/>
+      <c r="C23" s="80"/>
+      <c r="D23" s="80"/>
+      <c r="E23" s="80"/>
+      <c r="F23" s="80"/>
+      <c r="G23" s="80"/>
+      <c r="H23" s="80"/>
+      <c r="I23" s="80"/>
+      <c r="J23" s="80"/>
+      <c r="K23" s="80"/>
+      <c r="L23" s="80"/>
+      <c r="M23" s="80"/>
+      <c r="N23" s="81"/>
+      <c r="O23" s="81"/>
+    </row>
+    <row r="24" spans="1:15" ht="53" customHeight="1">
+      <c r="A24" s="79"/>
+      <c r="B24" s="80"/>
+      <c r="C24" s="80"/>
+      <c r="D24" s="80"/>
+      <c r="E24" s="80"/>
+      <c r="F24" s="80"/>
+      <c r="G24" s="80"/>
+      <c r="H24" s="80"/>
+      <c r="I24" s="80"/>
+      <c r="J24" s="80"/>
+      <c r="K24" s="80"/>
+      <c r="L24" s="80"/>
+      <c r="M24" s="80"/>
+      <c r="N24" s="81"/>
+      <c r="O24" s="81"/>
+    </row>
+    <row r="25" spans="1:15" ht="53" customHeight="1">
+      <c r="A25" s="79"/>
+      <c r="B25" s="80"/>
+      <c r="C25" s="80"/>
+      <c r="D25" s="80"/>
+      <c r="E25" s="80"/>
+      <c r="F25" s="80"/>
+      <c r="G25" s="80"/>
+      <c r="H25" s="80"/>
+      <c r="I25" s="80"/>
+      <c r="J25" s="80"/>
+      <c r="K25" s="80"/>
+      <c r="L25" s="80"/>
+      <c r="M25" s="80"/>
+      <c r="N25" s="81"/>
+      <c r="O25" s="81"/>
+    </row>
+    <row r="26" spans="1:15" ht="53" customHeight="1">
+      <c r="A26" s="79"/>
+      <c r="B26" s="80"/>
+      <c r="C26" s="80"/>
+      <c r="D26" s="80"/>
+      <c r="E26" s="80"/>
+      <c r="F26" s="80"/>
+      <c r="G26" s="80"/>
+      <c r="H26" s="80"/>
+      <c r="I26" s="80"/>
+      <c r="J26" s="80"/>
+      <c r="K26" s="80"/>
+      <c r="L26" s="80"/>
+      <c r="M26" s="80"/>
+      <c r="N26" s="81"/>
+      <c r="O26" s="81"/>
+    </row>
+    <row r="27" spans="1:15" ht="53" customHeight="1">
+      <c r="A27" s="79"/>
+      <c r="B27" s="80"/>
+      <c r="C27" s="80"/>
+      <c r="D27" s="80"/>
+      <c r="E27" s="80"/>
+      <c r="F27" s="80"/>
+      <c r="G27" s="80"/>
+      <c r="H27" s="80"/>
+      <c r="I27" s="80"/>
+      <c r="J27" s="80"/>
+      <c r="K27" s="80"/>
+      <c r="L27" s="80"/>
+      <c r="M27" s="80"/>
+      <c r="N27" s="81"/>
+      <c r="O27" s="81"/>
+    </row>
+    <row r="28" spans="1:15" ht="53" customHeight="1">
+      <c r="A28" s="79"/>
+      <c r="B28" s="80"/>
+      <c r="C28" s="80"/>
+      <c r="D28" s="80"/>
+      <c r="E28" s="80"/>
+      <c r="F28" s="80"/>
+      <c r="G28" s="80"/>
+      <c r="H28" s="80"/>
+      <c r="I28" s="80"/>
+      <c r="J28" s="80"/>
+      <c r="K28" s="80"/>
+      <c r="L28" s="80"/>
+      <c r="M28" s="80"/>
+      <c r="N28" s="81"/>
+      <c r="O28" s="81"/>
+    </row>
+    <row r="29" spans="1:15" ht="53" customHeight="1">
+      <c r="A29" s="79"/>
+      <c r="B29" s="80"/>
+      <c r="C29" s="80"/>
+      <c r="D29" s="80"/>
+      <c r="E29" s="80"/>
+      <c r="F29" s="80"/>
+      <c r="G29" s="80"/>
+      <c r="H29" s="80"/>
+      <c r="I29" s="80"/>
+      <c r="J29" s="80"/>
+      <c r="K29" s="80"/>
+      <c r="L29" s="80"/>
+      <c r="M29" s="80"/>
+      <c r="N29" s="81"/>
+      <c r="O29" s="81"/>
+    </row>
+    <row r="30" spans="1:15" ht="24.75" customHeight="1">
+      <c r="A30" s="82" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" s="83"/>
+      <c r="C30" s="83"/>
+      <c r="D30" s="84"/>
+      <c r="E30" s="84"/>
+      <c r="F30" s="84"/>
+      <c r="G30" s="84"/>
+      <c r="H30" s="84"/>
+      <c r="I30" s="84"/>
+      <c r="J30" s="84"/>
+      <c r="K30" s="84"/>
+      <c r="L30" s="84"/>
+      <c r="M30" s="84"/>
+      <c r="N30" s="84"/>
+      <c r="O30" s="84"/>
+    </row>
+    <row r="31" spans="1:15">
+      <c r="A31" s="103" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" s="103"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="103"/>
+      <c r="E31" s="103"/>
+      <c r="F31" s="103"/>
+      <c r="G31" s="103"/>
+      <c r="H31" s="103"/>
+      <c r="I31" s="103"/>
+      <c r="J31" s="103"/>
+      <c r="K31" s="103"/>
+      <c r="L31" s="103"/>
+      <c r="M31" s="103"/>
+      <c r="N31" s="103"/>
+      <c r="O31" s="103"/>
+    </row>
+    <row r="32" spans="1:15">
+      <c r="A32" s="85" t="s">
+        <v>9</v>
+      </c>
+      <c r="B32" s="86"/>
+      <c r="C32" s="87"/>
+      <c r="D32" s="87"/>
+      <c r="E32" s="87"/>
+      <c r="F32" s="87"/>
+      <c r="G32" s="87"/>
+      <c r="H32" s="87"/>
+      <c r="I32" s="88"/>
+      <c r="J32" s="88"/>
+      <c r="K32" s="88"/>
+      <c r="L32" s="88"/>
+      <c r="M32" s="88"/>
+      <c r="N32" s="88"/>
+      <c r="O32" s="89"/>
+    </row>
+    <row r="33" spans="1:15">
+      <c r="A33" s="85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" s="86"/>
+      <c r="C33" s="90"/>
+      <c r="D33" s="90"/>
+      <c r="E33" s="90"/>
+      <c r="F33" s="90"/>
+      <c r="G33" s="90"/>
+      <c r="H33" s="90"/>
+      <c r="I33" s="88"/>
+      <c r="J33" s="88"/>
+      <c r="K33" s="88"/>
+      <c r="L33" s="88"/>
+      <c r="M33" s="88"/>
+      <c r="N33" s="88"/>
+      <c r="O33" s="89"/>
+    </row>
+    <row r="34" spans="1:15">
+      <c r="A34" s="85" t="s">
+        <v>11</v>
+      </c>
+      <c r="B34" s="86"/>
+      <c r="C34" s="90"/>
+      <c r="D34" s="90"/>
+      <c r="E34" s="90"/>
+      <c r="F34" s="90"/>
+      <c r="G34" s="90"/>
+      <c r="H34" s="90"/>
+      <c r="I34" s="91"/>
+      <c r="J34" s="92" t="s">
+        <v>12</v>
+      </c>
+      <c r="K34" s="92"/>
+      <c r="L34" s="92"/>
+      <c r="M34" s="92"/>
+      <c r="N34" s="92"/>
+      <c r="O34" s="93"/>
+    </row>
+    <row r="35" spans="1:15">
+      <c r="A35" s="94"/>
+      <c r="B35" s="88"/>
+      <c r="C35" s="88"/>
+      <c r="D35" s="88"/>
+      <c r="E35" s="88"/>
+      <c r="F35" s="88"/>
+      <c r="G35" s="88"/>
+      <c r="H35" s="88"/>
+      <c r="I35" s="88"/>
+      <c r="J35" s="88"/>
+      <c r="K35" s="88"/>
+      <c r="L35" s="88"/>
+      <c r="M35" s="88"/>
+      <c r="N35" s="88"/>
+      <c r="O35" s="89"/>
+    </row>
+    <row r="36" spans="1:15">
+      <c r="A36" s="85" t="s">
+        <v>13</v>
+      </c>
+      <c r="B36" s="86"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="73"/>
+      <c r="J36" s="73"/>
+      <c r="K36" s="73"/>
+      <c r="L36" s="73"/>
+      <c r="M36" s="73"/>
+      <c r="N36" s="73"/>
+      <c r="O36" s="96"/>
+    </row>
+    <row r="37" spans="1:15">
+      <c r="A37" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" s="86"/>
+      <c r="C37" s="97"/>
+      <c r="D37" s="97"/>
+      <c r="E37" s="97"/>
+      <c r="F37" s="97"/>
+      <c r="G37" s="97"/>
+      <c r="H37" s="97"/>
+      <c r="I37" s="73"/>
+      <c r="J37" s="73"/>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="73"/>
+      <c r="N37" s="73"/>
+      <c r="O37" s="96"/>
+    </row>
+    <row r="38" spans="1:15">
+      <c r="A38" s="74"/>
+      <c r="B38" s="74"/>
+      <c r="C38" s="98"/>
+      <c r="D38" s="98"/>
+      <c r="E38" s="98"/>
+      <c r="F38" s="98"/>
+      <c r="G38" s="98"/>
+      <c r="H38" s="98"/>
+      <c r="I38" s="73"/>
+      <c r="J38" s="73"/>
+      <c r="K38" s="73"/>
+      <c r="L38" s="73"/>
+      <c r="M38" s="73"/>
+      <c r="N38" s="73"/>
+      <c r="O38" s="73"/>
+    </row>
+    <row r="39" spans="1:15">
+      <c r="A39" s="103" t="s">
+        <v>15</v>
+      </c>
+      <c r="B39" s="103"/>
+      <c r="C39" s="103"/>
+      <c r="D39" s="103"/>
+      <c r="E39" s="103"/>
+      <c r="F39" s="103"/>
+      <c r="G39" s="103"/>
+      <c r="H39" s="103"/>
+      <c r="I39" s="103"/>
+      <c r="J39" s="103"/>
+      <c r="K39" s="103"/>
+      <c r="L39" s="103"/>
+      <c r="M39" s="103"/>
+      <c r="N39" s="103"/>
+      <c r="O39" s="103"/>
+    </row>
+    <row r="40" spans="1:15">
+      <c r="A40" s="85" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" s="86"/>
+      <c r="C40" s="95"/>
+      <c r="D40" s="95"/>
+      <c r="E40" s="95"/>
+      <c r="F40" s="95"/>
+      <c r="G40" s="95"/>
+      <c r="H40" s="95"/>
+      <c r="I40" s="88"/>
+      <c r="J40" s="88"/>
+      <c r="K40" s="88"/>
+      <c r="L40" s="88"/>
+      <c r="M40" s="88"/>
+      <c r="N40" s="88"/>
+      <c r="O40" s="89"/>
+    </row>
+    <row r="41" spans="1:15">
+      <c r="A41" s="85" t="s">
+        <v>17</v>
+      </c>
+      <c r="B41" s="86"/>
+      <c r="C41" s="90"/>
+      <c r="D41" s="90"/>
+      <c r="E41" s="90"/>
+      <c r="F41" s="90"/>
+      <c r="G41" s="90"/>
+      <c r="H41" s="90"/>
+      <c r="I41" s="88"/>
+      <c r="J41" s="88"/>
+      <c r="K41" s="88"/>
+      <c r="L41" s="88"/>
+      <c r="M41" s="88"/>
+      <c r="N41" s="88"/>
+      <c r="O41" s="89"/>
+    </row>
+    <row r="42" spans="1:15">
+      <c r="A42" s="85" t="s">
+        <v>18</v>
+      </c>
+      <c r="B42" s="86"/>
+      <c r="C42" s="90"/>
+      <c r="D42" s="90"/>
+      <c r="E42" s="90"/>
+      <c r="F42" s="90"/>
+      <c r="G42" s="90"/>
+      <c r="H42" s="90"/>
+      <c r="I42" s="91"/>
+      <c r="J42" s="92" t="s">
+        <v>19</v>
+      </c>
+      <c r="K42" s="92"/>
+      <c r="L42" s="92"/>
+      <c r="M42" s="92"/>
+      <c r="N42" s="92"/>
+      <c r="O42" s="93"/>
+    </row>
+    <row r="43" spans="1:15" ht="15" thickBot="1">
+      <c r="A43" s="99"/>
+      <c r="B43" s="100"/>
+      <c r="C43" s="100"/>
+      <c r="D43" s="100"/>
+      <c r="E43" s="100"/>
+      <c r="F43" s="100"/>
+      <c r="G43" s="100"/>
+      <c r="H43" s="100"/>
+      <c r="I43" s="100"/>
+      <c r="J43" s="100"/>
+      <c r="K43" s="100"/>
+      <c r="L43" s="100"/>
+      <c r="M43" s="100"/>
+      <c r="N43" s="100"/>
+      <c r="O43" s="101"/>
+    </row>
+  </sheetData>
+  <mergeCells count="77">
+    <mergeCell ref="F1:O2"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="F15:O15"/>
+    <mergeCell ref="F14:O14"/>
+    <mergeCell ref="K3:O3"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="F16:O16"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="A5:O5"/>
+    <mergeCell ref="A11:O11"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="B20:M20"/>
+    <mergeCell ref="B21:M21"/>
+    <mergeCell ref="A19:O19"/>
+    <mergeCell ref="A39:O39"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A31:O31"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C32:H32"/>
+    <mergeCell ref="C34:H34"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="I32:O33"/>
+    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:H33"/>
+    <mergeCell ref="J34:O34"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="A43:O43"/>
+    <mergeCell ref="C40:H40"/>
+    <mergeCell ref="C41:H41"/>
+    <mergeCell ref="C42:H42"/>
+    <mergeCell ref="I40:O41"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="J42:O42"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="F3:J3"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="F4:J4"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A9:G9"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="J6:O9"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="J10:O10"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="A30:C30"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="A17:E17"/>
+    <mergeCell ref="F17:O17"/>
+    <mergeCell ref="N23:O23"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="B22:M22"/>
+    <mergeCell ref="B23:M23"/>
+    <mergeCell ref="B24:M24"/>
+    <mergeCell ref="D30:O30"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="C36:H36"/>
+    <mergeCell ref="C37:H37"/>
+    <mergeCell ref="N25:O25"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="B25:M25"/>
+    <mergeCell ref="B26:M26"/>
+    <mergeCell ref="B27:M27"/>
+    <mergeCell ref="B28:M28"/>
+    <mergeCell ref="B29:M29"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="62" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;LF. Versión 01
+Fecha: 2026-01-08&amp;CSi este documento se encuentra impreso no se garantiza su  vigencia.
+La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet).&amp;R1</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="8">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$E$1:$E$93</xm:f>
+          </x14:formula1>
+          <xm:sqref>B22:B29</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$A$8:$A$10</xm:f>
+          </x14:formula1>
+          <xm:sqref>A21:A29</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$E$1:$E$92</xm:f>
+          </x14:formula1>
+          <xm:sqref>B21:M21</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000003000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$G$2:$G$32</xm:f>
+          </x14:formula1>
+          <xm:sqref>K4:L4</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000004000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$H$2:$H$13</xm:f>
+          </x14:formula1>
+          <xm:sqref>M4:N4</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000005000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$C$10:$C$11</xm:f>
+          </x14:formula1>
+          <xm:sqref>I6:I10</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000006000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$K$2:$K$37</xm:f>
+          </x14:formula1>
+          <xm:sqref>F3:J3</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000007000000}">
+          <x14:formula1>
+            <xm:f>LISTAS!$L$2:$L$37</xm:f>
+          </x14:formula1>
+          <xm:sqref>F4:J4</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
+    <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P38"/>
+  <dimension ref="A1:I14"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="H13" sqref="H13"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A14" sqref="A14:I14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="9" width="8.6640625" style="13" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14" max="16384" width="11.44140625" style="13"/>
+    <col min="1" max="8" width="8.7265625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="41.1796875" style="3" customWidth="1"/>
+    <col min="10" max="16384" width="11.453125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="H1" s="23"/>
+    <row r="1" spans="1:9" ht="70.5" customHeight="1">
+      <c r="A1" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
       <c r="I1" s="23"/>
-      <c r="J1" s="23"/>
-[...6 lines deleted...]
-        <v>38</v>
+    </row>
+    <row r="2" spans="1:9" ht="24" customHeight="1">
+      <c r="A2" s="24" t="s">
+        <v>120</v>
       </c>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="25"/>
       <c r="G2" s="25"/>
       <c r="H2" s="25"/>
-      <c r="I2" s="25"/>
-[...130 lines deleted...]
-      <c r="A9" s="19"/>
+      <c r="I2" s="26"/>
+    </row>
+    <row r="3" spans="1:9" ht="30.75" customHeight="1">
+      <c r="A3" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+      <c r="E3" s="16"/>
+      <c r="F3" s="16"/>
+      <c r="G3" s="16"/>
+      <c r="H3" s="16"/>
+      <c r="I3" s="17"/>
+    </row>
+    <row r="4" spans="1:9" ht="22.5" customHeight="1">
+      <c r="A4" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="14"/>
+    </row>
+    <row r="5" spans="1:9" ht="22.5" customHeight="1">
+      <c r="A5" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="13"/>
+      <c r="F5" s="13"/>
+      <c r="G5" s="13"/>
+      <c r="H5" s="13"/>
+      <c r="I5" s="14"/>
+    </row>
+    <row r="6" spans="1:9" ht="28.5" customHeight="1">
+      <c r="A6" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="B6" s="13"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="14"/>
+    </row>
+    <row r="7" spans="1:9" ht="36" customHeight="1">
+      <c r="A7" s="18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="19"/>
+      <c r="H7" s="19"/>
+      <c r="I7" s="20"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="18" t="s">
+        <v>125</v>
+      </c>
       <c r="B9" s="19"/>
       <c r="C9" s="19"/>
       <c r="D9" s="19"/>
       <c r="E9" s="19"/>
       <c r="F9" s="19"/>
       <c r="G9" s="19"/>
       <c r="H9" s="19"/>
-      <c r="I9" s="22"/>
-[...6 lines deleted...]
-      <c r="A10" s="19"/>
+      <c r="I9" s="20"/>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="18" t="s">
+        <v>126</v>
+      </c>
       <c r="B10" s="19"/>
       <c r="C10" s="19"/>
       <c r="D10" s="19"/>
       <c r="E10" s="19"/>
       <c r="F10" s="19"/>
       <c r="G10" s="19"/>
       <c r="H10" s="19"/>
-      <c r="I10" s="22"/>
-[...7 lines deleted...]
-      <c r="A11" s="19"/>
+      <c r="I10" s="20"/>
+    </row>
+    <row r="11" spans="1:9" ht="50.25" customHeight="1">
+      <c r="A11" s="18" t="s">
+        <v>128</v>
+      </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="19"/>
       <c r="G11" s="19"/>
       <c r="H11" s="19"/>
-      <c r="I11" s="22"/>
-[...440 lines deleted...]
-      <c r="M38" s="24"/>
+      <c r="I11" s="20"/>
+    </row>
+    <row r="12" spans="1:9" ht="30.75" customHeight="1">
+      <c r="A12" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="B12" s="13"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="13"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="13"/>
+      <c r="G12" s="13"/>
+      <c r="H12" s="13"/>
+      <c r="I12" s="14"/>
+    </row>
+    <row r="13" spans="1:9" ht="30.75" customHeight="1">
+      <c r="A13" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="B13" s="16"/>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="16"/>
+      <c r="H13" s="16"/>
+      <c r="I13" s="17"/>
+    </row>
+    <row r="14" spans="1:9" ht="28.5" customHeight="1">
+      <c r="A14" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B14" s="16"/>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="16"/>
+      <c r="H14" s="16"/>
+      <c r="I14" s="17"/>
     </row>
   </sheetData>
-  <mergeCells count="52">
-[...51 lines deleted...]
-    <mergeCell ref="I15:L15"/>
+  <mergeCells count="14">
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A11:I11"/>
   </mergeCells>
-  <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup scale="70" fitToHeight="0" orientation="portrait" r:id="rId1"/>
-[...3 lines deleted...]
-La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet).&amp;R&amp;8&amp;P</oddFooter>
+  <pageSetup scale="81" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter xml:space="preserve">&amp;L&amp;8F. Versión 05
+Fecha: 2023-05-24&amp;C&amp;8Si este documento se encuentra impreso no se garantiza su  vigencia.
+La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet).&amp;R&amp;8&amp;P   &amp;10          </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-  <dimension ref="A1:N27"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:L112"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="145" zoomScaleNormal="145" zoomScaleSheetLayoutView="145" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+    <sheetView topLeftCell="F1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="L1" sqref="L1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="8" width="8.6640625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="11.44140625" style="1"/>
+    <col min="1" max="1" width="28.453125" customWidth="1"/>
+    <col min="2" max="2" width="11" customWidth="1"/>
+    <col min="3" max="3" width="24.453125" customWidth="1"/>
+    <col min="5" max="5" width="104.1796875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="15.54296875" customWidth="1"/>
+    <col min="11" max="11" width="6.1796875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="52.453125" customWidth="1"/>
+    <col min="14" max="14" width="116" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="31" t="s">
+    <row r="1" spans="1:12" ht="18.5">
+      <c r="A1" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E1" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="G1" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="H1" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="I1" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="K1" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="L1" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G2" s="5">
+        <v>1</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="I2" s="5">
+        <v>2025</v>
+      </c>
+      <c r="K2">
+        <v>10000</v>
+      </c>
+      <c r="L2" s="10" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="20">
+      <c r="A3" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="5">
+        <v>2</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="K3">
+        <v>10001</v>
+      </c>
+      <c r="L3" s="10" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="5">
+        <v>3</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="K4">
+        <v>10002</v>
+      </c>
+      <c r="L4" s="10" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="5">
+        <v>4</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="K5">
+        <v>10010</v>
+      </c>
+      <c r="L5" s="10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
+      <c r="A6" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="5">
+        <v>5</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="K6">
+        <v>10020</v>
+      </c>
+      <c r="L6" s="10" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="E7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="5">
+        <v>6</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="K7">
+        <v>10021</v>
+      </c>
+      <c r="L7" s="10" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="29">
+      <c r="A8" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="5">
+        <v>7</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="K8">
+        <v>10030</v>
+      </c>
+      <c r="L8" s="10" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="5">
+        <v>8</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="K9">
+        <v>10031</v>
+      </c>
+      <c r="L9" s="10" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="C10" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" s="5">
+        <v>9</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="K10">
+        <v>10032</v>
+      </c>
+      <c r="L10" s="10" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="29">
+      <c r="C11" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="5">
+        <v>10</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="K11">
+        <v>10033</v>
+      </c>
+      <c r="L11" s="10" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="E12" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="G12" s="5">
+        <v>11</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="K12">
+        <v>11000</v>
+      </c>
+      <c r="L12" s="10" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="E13" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G13" s="5">
+        <v>12</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="K13">
+        <v>11001</v>
+      </c>
+      <c r="L13" s="10" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="E14" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" s="5">
+        <v>13</v>
+      </c>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="K14">
+        <v>11100</v>
+      </c>
+      <c r="L14" s="10" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="E15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" s="5">
+        <v>14</v>
+      </c>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="K15">
+        <v>11200</v>
+      </c>
+      <c r="L15" s="10" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="E16" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B1" s="32"/>
-[...9 lines deleted...]
-      <c r="A2" s="43" t="s">
+      <c r="G16" s="5">
+        <v>15</v>
+      </c>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="K16">
+        <v>11201</v>
+      </c>
+      <c r="L16" s="10" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="17" spans="5:12" ht="29">
+      <c r="E17" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G17" s="5">
+        <v>16</v>
+      </c>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="K17">
+        <v>11202</v>
+      </c>
+      <c r="L17" s="10" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="18" spans="5:12">
+      <c r="E18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" s="5">
+        <v>17</v>
+      </c>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+      <c r="K18">
+        <v>11300</v>
+      </c>
+      <c r="L18" s="10" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="19" spans="5:12" ht="29">
+      <c r="E19" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" s="5">
+        <v>18</v>
+      </c>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+      <c r="K19">
+        <v>11301</v>
+      </c>
+      <c r="L19" s="10" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="20" spans="5:12" ht="29">
+      <c r="E20" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="44"/>
-[...9 lines deleted...]
-      <c r="A3" s="34" t="s">
+      <c r="G20" s="5">
+        <v>19</v>
+      </c>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+      <c r="K20">
+        <v>11302</v>
+      </c>
+      <c r="L20" s="10" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="5:12">
+      <c r="E21" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="35"/>
-[...9 lines deleted...]
-      <c r="A4" s="37" t="s">
+      <c r="G21" s="5">
+        <v>20</v>
+      </c>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="K21">
+        <v>11400</v>
+      </c>
+      <c r="L21" s="10" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="5:12">
+      <c r="E22" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B4" s="38"/>
-[...9 lines deleted...]
-      <c r="A5" s="46" t="s">
+      <c r="G22" s="5">
+        <v>21</v>
+      </c>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="K22">
+        <v>11401</v>
+      </c>
+      <c r="L22" s="10" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="5:12">
+      <c r="E23" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B5" s="38"/>
-[...22 lines deleted...]
-      <c r="A7" s="34" t="s">
+      <c r="G23" s="5">
+        <v>22</v>
+      </c>
+      <c r="H23" s="5"/>
+      <c r="I23" s="5"/>
+      <c r="K23">
+        <v>11402</v>
+      </c>
+      <c r="L23" s="10" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="5:12" ht="29">
+      <c r="E24" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B7" s="35"/>
-[...9 lines deleted...]
-      <c r="A8" s="37" t="s">
+      <c r="G24" s="5">
+        <v>23</v>
+      </c>
+      <c r="H24" s="5"/>
+      <c r="I24" s="5"/>
+      <c r="K24">
+        <v>11500</v>
+      </c>
+      <c r="L24" s="10" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="5:12" ht="29">
+      <c r="E25" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B8" s="38"/>
-[...9 lines deleted...]
-      <c r="A9" s="34" t="s">
+      <c r="G25" s="5">
+        <v>24</v>
+      </c>
+      <c r="H25" s="5"/>
+      <c r="I25" s="5"/>
+      <c r="K25">
+        <v>11501</v>
+      </c>
+      <c r="L25" s="10" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26" spans="5:12" ht="29">
+      <c r="E26" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B9" s="35"/>
-[...9 lines deleted...]
-      <c r="A10" s="34" t="s">
+      <c r="G26" s="5">
+        <v>25</v>
+      </c>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+      <c r="K26">
+        <v>11502</v>
+      </c>
+      <c r="L26" s="10" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="5:12">
+      <c r="E27" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B10" s="35"/>
-[...10 lines deleted...]
-      <c r="A11" s="34" t="s">
+      <c r="G27" s="5">
+        <v>26</v>
+      </c>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="K27">
+        <v>11600</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28" spans="5:12" ht="18.5">
+      <c r="E28" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="G28" s="5">
+        <v>27</v>
+      </c>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+      <c r="K28">
+        <v>11601</v>
+      </c>
+      <c r="L28" s="10" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="29" spans="5:12">
+      <c r="E29" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="35"/>
-[...9 lines deleted...]
-      <c r="A12" s="37" t="s">
+      <c r="G29" s="5">
+        <v>28</v>
+      </c>
+      <c r="H29" s="5"/>
+      <c r="I29" s="5"/>
+      <c r="K29">
+        <v>11602</v>
+      </c>
+      <c r="L29" s="10" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="30" spans="5:12">
+      <c r="E30" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="38"/>
-[...54 lines deleted...]
-      <c r="B15" s="9" t="s">
+      <c r="G30" s="5">
+        <v>29</v>
+      </c>
+      <c r="H30" s="5"/>
+      <c r="I30" s="5"/>
+      <c r="K30">
+        <v>11603</v>
+      </c>
+      <c r="L30" s="10" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="5:12">
+      <c r="E31" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" s="5">
+        <v>30</v>
+      </c>
+      <c r="H31" s="5"/>
+      <c r="I31" s="5"/>
+      <c r="K31">
+        <v>12000</v>
+      </c>
+      <c r="L31" s="10" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32" spans="5:12">
+      <c r="E32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G32" s="5">
+        <v>31</v>
+      </c>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="K32">
+        <v>12001</v>
+      </c>
+      <c r="L32" s="10" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="33" spans="5:12">
+      <c r="E33" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K33">
+        <v>12002</v>
+      </c>
+      <c r="L33" s="10" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="34" spans="5:12">
+      <c r="E34" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="K34">
+        <v>12003</v>
+      </c>
+      <c r="L34" s="10" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="35" spans="5:12">
+      <c r="E35" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="K35">
+        <v>12004</v>
+      </c>
+      <c r="L35" s="10" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="36" spans="5:12">
+      <c r="E36" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="K36">
+        <v>12005</v>
+      </c>
+      <c r="L36" s="10" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="37" spans="5:12" ht="29">
+      <c r="E37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="K37">
+        <v>12006</v>
+      </c>
+      <c r="L37" s="10" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="38" spans="5:12" ht="29">
+      <c r="E38" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="39" spans="5:12">
+      <c r="E39" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="40" spans="5:12">
+      <c r="E40" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="41" spans="5:12">
+      <c r="E41" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="42" spans="5:12">
+      <c r="E42" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="43" spans="5:12">
+      <c r="E43" s="1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="44" spans="5:12">
+      <c r="E44" s="1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="45" spans="5:12">
+      <c r="E45" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="46" spans="5:12">
+      <c r="E46" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="47" spans="5:12">
+      <c r="E47" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="48" spans="5:12">
+      <c r="E48" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="49" spans="2:5">
+      <c r="E49" s="1" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="50" spans="2:5">
+      <c r="E50" s="1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="51" spans="2:5">
+      <c r="E51" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" ht="29">
+      <c r="E52" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="53" spans="2:5">
+      <c r="E53" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="54" spans="2:5">
+      <c r="E54" s="1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="55" spans="2:5" ht="29">
+      <c r="E55" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="56" spans="2:5" ht="29">
+      <c r="E56" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="57" spans="2:5" ht="29">
+      <c r="E57" s="1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="58" spans="2:5">
+      <c r="E58" s="1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="59" spans="2:5">
+      <c r="E59" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="60" spans="2:5">
+      <c r="E60" s="1" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="61" spans="2:5" ht="18.5">
+      <c r="E61" s="6" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="62" spans="2:5">
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="1" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="63" spans="2:5" ht="15" customHeight="1">
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="E63" s="1" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="64" spans="2:5">
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="E64" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="65" spans="2:5">
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="E65" s="1" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="66" spans="2:5" ht="18.5">
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="E66" s="6" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="67" spans="2:5">
+      <c r="E67" s="1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="68" spans="2:5">
+      <c r="E68" s="1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5">
+      <c r="E69" s="1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="70" spans="2:5" ht="18.5">
+      <c r="E70" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="C15" s="9" t="s">
-[...40 lines deleted...]
-      <c r="F27" s="12"/>
+    </row>
+    <row r="71" spans="2:5" ht="43.5">
+      <c r="E71" s="1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="43.5">
+      <c r="E72" s="1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="73" spans="2:5" ht="43.5">
+      <c r="E73" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="74" spans="2:5" ht="43.5">
+      <c r="E74" s="1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="75" spans="2:5" ht="43.5">
+      <c r="E75" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="76" spans="2:5" ht="43.5">
+      <c r="E76" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="77" spans="2:5" ht="43.5">
+      <c r="E77" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="78" spans="2:5" ht="43.5">
+      <c r="E78" s="1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="79" spans="2:5" ht="43.5">
+      <c r="E79" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="80" spans="2:5" ht="43.5">
+      <c r="E80" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="81" spans="5:5" ht="43.5">
+      <c r="E81" s="1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="82" spans="5:5" ht="43.5">
+      <c r="E82" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="83" spans="5:5" ht="43.5">
+      <c r="E83" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="84" spans="5:5" ht="43.5">
+      <c r="E84" s="1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="85" spans="5:5" ht="43.5">
+      <c r="E85" s="1" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="86" spans="5:5" ht="43.5">
+      <c r="E86" s="1" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="87" spans="5:5" ht="43.5">
+      <c r="E87" s="1" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="88" spans="5:5" ht="43.5">
+      <c r="E88" s="1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="89" spans="5:5" ht="43.5">
+      <c r="E89" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="90" spans="5:5" ht="43.5">
+      <c r="E90" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="91" spans="5:5" ht="43.5">
+      <c r="E91" s="1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="92" spans="5:5" ht="43.5">
+      <c r="E92" s="1" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="93" spans="5:5">
+      <c r="E93"/>
+    </row>
+    <row r="94" spans="5:5">
+      <c r="E94"/>
+    </row>
+    <row r="95" spans="5:5">
+      <c r="E95"/>
+    </row>
+    <row r="96" spans="5:5">
+      <c r="E96"/>
+    </row>
+    <row r="97" spans="5:5">
+      <c r="E97"/>
+    </row>
+    <row r="98" spans="5:5">
+      <c r="E98"/>
+    </row>
+    <row r="99" spans="5:5">
+      <c r="E99"/>
+    </row>
+    <row r="100" spans="5:5">
+      <c r="E100"/>
+    </row>
+    <row r="101" spans="5:5">
+      <c r="E101"/>
+    </row>
+    <row r="102" spans="5:5">
+      <c r="E102"/>
+    </row>
+    <row r="103" spans="5:5">
+      <c r="E103"/>
+    </row>
+    <row r="104" spans="5:5">
+      <c r="E104"/>
+    </row>
+    <row r="105" spans="5:5">
+      <c r="E105"/>
+    </row>
+    <row r="106" spans="5:5">
+      <c r="E106"/>
+    </row>
+    <row r="107" spans="5:5">
+      <c r="E107"/>
+    </row>
+    <row r="108" spans="5:5">
+      <c r="E108"/>
+    </row>
+    <row r="109" spans="5:5">
+      <c r="E109"/>
+    </row>
+    <row r="110" spans="5:5">
+      <c r="E110"/>
+    </row>
+    <row r="111" spans="5:5">
+      <c r="E111"/>
+    </row>
+    <row r="112" spans="5:5">
+      <c r="E112"/>
     </row>
   </sheetData>
-  <mergeCells count="13">
-[...22 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <tableParts count="2">
+    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>CDP</vt:lpstr>
-      <vt:lpstr>INSTRUCTIVO</vt:lpstr>
+      <vt:lpstr>Instructivo </vt:lpstr>
+      <vt:lpstr>LISTAS</vt:lpstr>
       <vt:lpstr>CDP!Área_de_impresión</vt:lpstr>
-      <vt:lpstr>INSTRUCTIVO!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Admin</dc:creator>
+  <dc:creator>Jeyny Faisuly Cruz Cáceres</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>