--- v0 (2025-10-02)
+++ v1 (2025-12-08)
@@ -9,74 +9,96 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="5AA9595D" w14:textId="0594C4E8" w:rsidR="00791A4E" w:rsidRPr="008214D8" w:rsidRDefault="008214D8" w:rsidP="00F46A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008214D8">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Etapa Pos-Contractual</w:t>
+        <w:t xml:space="preserve">Etapa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008214D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Pos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008214D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4D4D4D"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-Contractual</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A73615" w14:textId="4579B3E2" w:rsidR="00791A4E" w:rsidRDefault="008214D8" w:rsidP="00F46A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008214D8">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta </w:t>
       </w:r>
@@ -1626,52 +1648,50 @@
               </w:rPr>
               <w:t>/TVEC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5579C0" w14:textId="77777777" w:rsidR="00791A4E" w:rsidRPr="00A21021" w:rsidRDefault="00791A4E" w:rsidP="008214D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1575"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:bCs/>
                 <w:color w:val="4D4D4D"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
       <w:tr w:rsidR="00791A4E" w:rsidRPr="00A21021" w14:paraId="67E59C89" w14:textId="77777777" w:rsidTr="008214D8">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="868" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="520DA25A" w14:textId="77777777" w:rsidR="00791A4E" w:rsidRPr="00A21021" w:rsidRDefault="00791A4E" w:rsidP="00F46A61">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1575"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="4D4D4D"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A21021">
@@ -1961,82 +1981,77 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:kern w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CB56DC5" w14:textId="77777777" w:rsidR="00DE0EA5" w:rsidRPr="00A21021" w:rsidRDefault="00DE0EA5" w:rsidP="00A21021">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:kern w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30719B41" w14:textId="77777777" w:rsidR="000C539D" w:rsidRPr="00A21021" w:rsidRDefault="000C539D" w:rsidP="00F46A61">
+    <w:p w14:paraId="30719B41" w14:textId="5CE9A842" w:rsidR="000C539D" w:rsidRDefault="000C539D" w:rsidP="00F46A61">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:kern w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D0590A3" w14:textId="1E7DA730" w:rsidR="009B1A7C" w:rsidRPr="00A21021" w:rsidRDefault="009B1A7C" w:rsidP="00F46A61">
-      <w:pPr>
+    <w:p w14:paraId="0AE8D0E9" w14:textId="77777777" w:rsidR="004D314C" w:rsidRPr="00A21021" w:rsidRDefault="004D314C" w:rsidP="00F46A61">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...13 lines deleted...]
-      </w:r>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4D4D4D"/>
+          <w:kern w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7D45361E" w14:textId="77777777" w:rsidR="0073303B" w:rsidRPr="00A21021" w:rsidRDefault="009B1A7C" w:rsidP="00F46A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t xml:space="preserve">Cargo </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41115BAA" w14:textId="069EF531" w:rsidR="009B1A7C" w:rsidRPr="00A21021" w:rsidRDefault="009B1A7C" w:rsidP="00F46A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
@@ -2111,118 +2126,240 @@
       <w:r w:rsidR="00061FA9" w:rsidRPr="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t xml:space="preserve"> completo</w:t>
       </w:r>
       <w:r w:rsidR="00EC32F4" w:rsidRPr="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t>, cargo o tipo de vinculación</w:t>
       </w:r>
       <w:r w:rsidR="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Supervisor de Contrato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0528C0C6" w14:textId="07781E36" w:rsidR="00061FA9" w:rsidRPr="00A21021" w:rsidRDefault="00061FA9" w:rsidP="00F46A61">
+    <w:p w14:paraId="262BAC86" w14:textId="0E3BBAEC" w:rsidR="00061FA9" w:rsidRDefault="00061FA9" w:rsidP="00F46A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t xml:space="preserve">Revisó: </w:t>
       </w:r>
       <w:r w:rsidR="009C227C" w:rsidRPr="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:t>Nombre completo, cargo o tipo de vinculación.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="247EAE14" w14:textId="386D80D0" w:rsidR="004D314C" w:rsidRDefault="004D314C" w:rsidP="00F46A61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="4D4D4D"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D11165" w14:textId="77777777" w:rsidR="004D314C" w:rsidRPr="00B83847" w:rsidRDefault="004D314C" w:rsidP="004D314C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="828"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83847">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83847">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>: Para el caso de los procesos que c</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B83847">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>ontinúan en SECOP I y Tienda Virtual del Estado Colombiano se debe dejar las firmas relacionadas previamente. Para los procesos en SECOP II se entiende por formalizado este documen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>to con el flujo de aprobación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF387DF" w14:textId="77777777" w:rsidR="004D314C" w:rsidRPr="00A21021" w:rsidRDefault="004D314C" w:rsidP="00F46A61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4D4D4D"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2CAD8303" w14:textId="597873F6" w:rsidR="00E61012" w:rsidRPr="00A21021" w:rsidRDefault="00E61012" w:rsidP="00F46A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4D4D4D"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B9E2AD2" w14:textId="3C767A74" w:rsidR="008214D8" w:rsidRDefault="008214D8">
-      <w:pPr>
+    <w:p w14:paraId="55E8BC8E" w14:textId="77777777" w:rsidR="004D314C" w:rsidRPr="00B83847" w:rsidRDefault="008214D8" w:rsidP="004D314C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="828"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="4D4D4D"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
+      <w:r w:rsidR="004D314C" w:rsidRPr="00B83847">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r w:rsidR="004D314C" w:rsidRPr="00B83847">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>: Para el caso de los procesos que continúan en SECOP I y Tienda Virtual del Estado Colombiano se debe dejar las firmas relacionadas previamente. Para los procesos en SECOP II se entiende por formalizado este documen</w:t>
+      </w:r>
+      <w:r w:rsidR="004D314C">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>to con el flujo de aprobación</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9E2AD2" w14:textId="3C767A74" w:rsidR="008214D8" w:rsidRDefault="008214D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4D4D4D"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2449FA63" w14:textId="77777777" w:rsidR="008214D8" w:rsidRPr="00A21021" w:rsidRDefault="008214D8" w:rsidP="008214D8">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31B06F73" w14:textId="0BDDA5D5" w:rsidR="008214D8" w:rsidRPr="00A21021" w:rsidRDefault="008214D8" w:rsidP="008214D8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4D4D4D"/>
         </w:rPr>
@@ -2526,51 +2663,69 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="610513ED" w14:textId="77777777" w:rsidR="008214D8" w:rsidRPr="00A21021" w:rsidRDefault="008214D8" w:rsidP="008214D8">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk160186703"/>
       <w:r w:rsidRPr="00A21021">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>El contenido que se encuentra en color diferente a negro, entre paréntesis o con el signo “/” O “xx” son orientaciones para el diligenciamiento del formato, por lo que puede ser modificado.</w:t>
+        <w:t>El contenido que se encuentra en color diferente a negro, entre paréntesis o con el signo “/” O “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A21021">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4D4D4D"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A21021">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="4D4D4D"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>” son orientaciones para el diligenciamiento del formato, por lo que puede ser modificado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ADA61B6" w14:textId="77777777" w:rsidR="008214D8" w:rsidRPr="00A21021" w:rsidRDefault="008214D8" w:rsidP="008214D8">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28447CBF" w14:textId="05699C10" w:rsidR="00E61012" w:rsidRDefault="008214D8" w:rsidP="00F46A61">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:spacing w:val="2"/>
@@ -2611,226 +2766,226 @@
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="4D4D4D"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>TVES: Tienda Virtual del Estado Colombiano</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidSect="008214D8">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1584" w:right="1701" w:bottom="1506" w:left="1701" w:header="708" w:footer="132" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="532FA1C7" w14:textId="77777777" w:rsidR="006D1A2F" w:rsidRDefault="006D1A2F" w:rsidP="001A74F0">
+    <w:p w14:paraId="0962CBC9" w14:textId="77777777" w:rsidR="00FA33EC" w:rsidRDefault="00FA33EC" w:rsidP="001A74F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AEC3189" w14:textId="77777777" w:rsidR="006D1A2F" w:rsidRDefault="006D1A2F" w:rsidP="001A74F0">
+    <w:p w14:paraId="1A44700D" w14:textId="77777777" w:rsidR="00FA33EC" w:rsidRDefault="00FA33EC" w:rsidP="001A74F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50240792" w14:textId="77777777" w:rsidR="006D1A2F" w:rsidRDefault="006D1A2F">
+    <w:p w14:paraId="52EF6EC4" w14:textId="77777777" w:rsidR="00FA33EC" w:rsidRDefault="00FA33EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1193145703"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="449B26F9" w14:textId="73CF564A" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="004C1925" w:rsidP="004C1925">
+      <w:p w14:paraId="449B26F9" w14:textId="187C119F" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="004C1925" w:rsidP="004C1925">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="008214D8">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="008214D8">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="008214D8">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A5496C">
+        <w:r w:rsidR="00E948EC">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="008214D8">
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
       <w:tbl>
         <w:tblPr>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPr>
         <w:tblGrid>
           <w:gridCol w:w="2093"/>
           <w:gridCol w:w="3260"/>
           <w:gridCol w:w="3984"/>
         </w:tblGrid>
         <w:tr w:rsidR="008214D8" w:rsidRPr="008214D8" w14:paraId="6D93EF17" w14:textId="77777777" w:rsidTr="00BF7352">
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2093" w:type="dxa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -3027,167 +3182,167 @@
                     <w:szCs w:val="14"/>
                     <w:lang w:eastAsia="es-ES"/>
                   </w:rPr>
                   <w:t>eva@funcionpublica.gov.co</w:t>
                 </w:r>
               </w:hyperlink>
             </w:p>
             <w:p w14:paraId="05F9343C" w14:textId="77777777" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="008214D8" w:rsidP="008214D8">
               <w:pPr>
                 <w:pStyle w:val="DAFPPiedepgina"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
               </w:pPr>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="3984" w:type="dxa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             </w:tcPr>
-            <w:p w14:paraId="445598A5" w14:textId="30F00F7E" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="008214D8" w:rsidP="008214D8">
+            <w:p w14:paraId="445598A5" w14:textId="30848CD0" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="008214D8" w:rsidP="008214D8">
               <w:pPr>
                 <w:pStyle w:val="DAFPPiedepgina"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Versión </w:t>
               </w:r>
-              <w:r w:rsidR="00A5496C">
+              <w:r w:rsidR="004D314C">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
-                <w:t>4 - Fecha: 2024-06-21</w:t>
+                <w:t>5 - Fecha: 2025-10-24</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="22CDCA49" w14:textId="77777777" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="008214D8" w:rsidP="008214D8">
               <w:pPr>
                 <w:pStyle w:val="DAFPPiedepgina"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
               </w:pPr>
             </w:p>
             <w:p w14:paraId="4BD60BEA" w14:textId="77777777" w:rsidR="008214D8" w:rsidRPr="008214D8" w:rsidRDefault="008214D8" w:rsidP="008214D8">
               <w:pPr>
                 <w:pStyle w:val="DAFPPiedepgina"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="008214D8">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                   <w:color w:val="4D4D4D"/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="es-ES"/>
                 </w:rPr>
                 <w:t>Si este documento se encuentra impreso no se garantiza su vigencia. La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet)</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:tr>
       </w:tbl>
-      <w:p w14:paraId="6DC18318" w14:textId="13948ABD" w:rsidR="004C1925" w:rsidRPr="008214D8" w:rsidRDefault="006D1A2F" w:rsidP="008214D8">
+      <w:p w14:paraId="6DC18318" w14:textId="13948ABD" w:rsidR="004C1925" w:rsidRPr="008214D8" w:rsidRDefault="00B873B7" w:rsidP="008214D8">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:rPr>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D7CA12C" w14:textId="77777777" w:rsidR="006D1A2F" w:rsidRDefault="006D1A2F" w:rsidP="001A74F0">
+    <w:p w14:paraId="21BE3E8F" w14:textId="77777777" w:rsidR="00FA33EC" w:rsidRDefault="00FA33EC" w:rsidP="001A74F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39D167D2" w14:textId="77777777" w:rsidR="006D1A2F" w:rsidRDefault="006D1A2F" w:rsidP="001A74F0">
+    <w:p w14:paraId="3ECF6CC4" w14:textId="77777777" w:rsidR="00FA33EC" w:rsidRDefault="00FA33EC" w:rsidP="001A74F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="64B87913" w14:textId="77777777" w:rsidR="006D1A2F" w:rsidRDefault="006D1A2F">
+    <w:p w14:paraId="44818388" w14:textId="77777777" w:rsidR="00FA33EC" w:rsidRDefault="00FA33EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="63C3AFD4" w14:textId="03F1121E" w:rsidR="00654BC2" w:rsidRPr="00625082" w:rsidRDefault="00625082" w:rsidP="00625082">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5250BBA0" wp14:editId="7E3AC1D6">
           <wp:extent cx="1285008" cy="540000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="3" name="Imagen 3" descr="Escudo de armas de Colombia con texto de Función Pública " title="Logo de Función Pública"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Funcion pública color 1.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -3225,51 +3380,51 @@
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="vPIt/G+3a3Nmsf" int2:id="3LoFAjJu">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="3Xt7dOoWDgSd0S" int2:id="CNAlZgaA">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="cMiB1KJphN3OeV" int2:id="CySAPIkx">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="OIrRwxKkiO6eEp" int2:id="D5kzLVw1">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
     <int2:textHash int2:hashCode="p24iD9ggtNxv4I" int2:id="nCsCs1K7">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01670524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C584E68"/>
     <w:lvl w:ilvl="0" w:tplc="240A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6849,75 +7004,77 @@
   <w:num w:numId="29">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A74F0"/>
     <w:rsid w:val="00012ABE"/>
     <w:rsid w:val="00017316"/>
     <w:rsid w:val="000520AF"/>
     <w:rsid w:val="00053197"/>
     <w:rsid w:val="00061FA9"/>
     <w:rsid w:val="00067C0F"/>
     <w:rsid w:val="00076288"/>
     <w:rsid w:val="0007647E"/>
     <w:rsid w:val="00081347"/>
     <w:rsid w:val="0008304E"/>
     <w:rsid w:val="00095F06"/>
     <w:rsid w:val="000A0598"/>
     <w:rsid w:val="000C11C2"/>
     <w:rsid w:val="000C539D"/>
     <w:rsid w:val="000C7DF9"/>
     <w:rsid w:val="000D1F35"/>
     <w:rsid w:val="000F6A0E"/>
     <w:rsid w:val="000F710F"/>
     <w:rsid w:val="00115817"/>
     <w:rsid w:val="00122F8F"/>
     <w:rsid w:val="00134285"/>
     <w:rsid w:val="0013769C"/>
@@ -6959,50 +7116,51 @@
     <w:rsid w:val="0030082F"/>
     <w:rsid w:val="003134BE"/>
     <w:rsid w:val="00313822"/>
     <w:rsid w:val="0036278F"/>
     <w:rsid w:val="00376F43"/>
     <w:rsid w:val="00382D5F"/>
     <w:rsid w:val="003837A5"/>
     <w:rsid w:val="003B300E"/>
     <w:rsid w:val="003B72C7"/>
     <w:rsid w:val="003C2154"/>
     <w:rsid w:val="003D0DAF"/>
     <w:rsid w:val="003D2AAB"/>
     <w:rsid w:val="003F429D"/>
     <w:rsid w:val="0043488C"/>
     <w:rsid w:val="004354B3"/>
     <w:rsid w:val="00440D09"/>
     <w:rsid w:val="004607F8"/>
     <w:rsid w:val="00471402"/>
     <w:rsid w:val="0047505E"/>
     <w:rsid w:val="00481923"/>
     <w:rsid w:val="00487B6F"/>
     <w:rsid w:val="004967F8"/>
     <w:rsid w:val="004A4DBC"/>
     <w:rsid w:val="004B6FCC"/>
     <w:rsid w:val="004C1925"/>
+    <w:rsid w:val="004D314C"/>
     <w:rsid w:val="004D5DE3"/>
     <w:rsid w:val="004D612F"/>
     <w:rsid w:val="004F34C3"/>
     <w:rsid w:val="0051106C"/>
     <w:rsid w:val="00521F27"/>
     <w:rsid w:val="00524C1B"/>
     <w:rsid w:val="00527F35"/>
     <w:rsid w:val="005347B6"/>
     <w:rsid w:val="00537FE7"/>
     <w:rsid w:val="00544E2A"/>
     <w:rsid w:val="0055543C"/>
     <w:rsid w:val="00556E0E"/>
     <w:rsid w:val="005575BF"/>
     <w:rsid w:val="00560F8F"/>
     <w:rsid w:val="00583BB2"/>
     <w:rsid w:val="00583DA2"/>
     <w:rsid w:val="0058429B"/>
     <w:rsid w:val="005D0676"/>
     <w:rsid w:val="005D6BAA"/>
     <w:rsid w:val="005E02F8"/>
     <w:rsid w:val="005F0B57"/>
     <w:rsid w:val="00611F7A"/>
     <w:rsid w:val="006143B5"/>
     <w:rsid w:val="0061449E"/>
     <w:rsid w:val="006146D5"/>
@@ -7082,114 +7240,117 @@
     <w:rsid w:val="009F4403"/>
     <w:rsid w:val="00A052CD"/>
     <w:rsid w:val="00A21021"/>
     <w:rsid w:val="00A5496C"/>
     <w:rsid w:val="00A57A97"/>
     <w:rsid w:val="00A76F2E"/>
     <w:rsid w:val="00A80E4F"/>
     <w:rsid w:val="00A9507A"/>
     <w:rsid w:val="00AA24BB"/>
     <w:rsid w:val="00AB15D3"/>
     <w:rsid w:val="00AB5CAF"/>
     <w:rsid w:val="00AC2510"/>
     <w:rsid w:val="00AC650F"/>
     <w:rsid w:val="00AD333B"/>
     <w:rsid w:val="00AF34FF"/>
     <w:rsid w:val="00AF3E46"/>
     <w:rsid w:val="00AF6A32"/>
     <w:rsid w:val="00B1488F"/>
     <w:rsid w:val="00B153A2"/>
     <w:rsid w:val="00B17AF3"/>
     <w:rsid w:val="00B22AAE"/>
     <w:rsid w:val="00B312BF"/>
     <w:rsid w:val="00B35A90"/>
     <w:rsid w:val="00B52118"/>
     <w:rsid w:val="00B61572"/>
+    <w:rsid w:val="00B873B7"/>
     <w:rsid w:val="00B972FA"/>
     <w:rsid w:val="00BB6C4D"/>
     <w:rsid w:val="00BC312D"/>
     <w:rsid w:val="00BD3236"/>
     <w:rsid w:val="00BD4AD5"/>
     <w:rsid w:val="00BD6D60"/>
     <w:rsid w:val="00BE2076"/>
     <w:rsid w:val="00BE49EF"/>
     <w:rsid w:val="00BE6281"/>
     <w:rsid w:val="00BE698D"/>
     <w:rsid w:val="00BF57E9"/>
     <w:rsid w:val="00C34F4F"/>
     <w:rsid w:val="00C51339"/>
     <w:rsid w:val="00C5174E"/>
     <w:rsid w:val="00C62327"/>
     <w:rsid w:val="00C869B1"/>
     <w:rsid w:val="00CA2B06"/>
     <w:rsid w:val="00CB0532"/>
     <w:rsid w:val="00CC5BC4"/>
     <w:rsid w:val="00CC6271"/>
     <w:rsid w:val="00CE6DCE"/>
     <w:rsid w:val="00CF7D9B"/>
     <w:rsid w:val="00CF7FA5"/>
     <w:rsid w:val="00D030ED"/>
     <w:rsid w:val="00D03806"/>
     <w:rsid w:val="00D135F3"/>
     <w:rsid w:val="00D246D1"/>
     <w:rsid w:val="00D53A48"/>
     <w:rsid w:val="00D65ECE"/>
     <w:rsid w:val="00DA2D7C"/>
     <w:rsid w:val="00DA38B7"/>
     <w:rsid w:val="00DC36E3"/>
     <w:rsid w:val="00DE0EA5"/>
     <w:rsid w:val="00DE1CC3"/>
     <w:rsid w:val="00DE5E5F"/>
     <w:rsid w:val="00DF6258"/>
     <w:rsid w:val="00DF62F7"/>
     <w:rsid w:val="00E013B5"/>
     <w:rsid w:val="00E42970"/>
     <w:rsid w:val="00E5352B"/>
     <w:rsid w:val="00E54344"/>
     <w:rsid w:val="00E61012"/>
     <w:rsid w:val="00E61867"/>
     <w:rsid w:val="00E71695"/>
     <w:rsid w:val="00E80302"/>
+    <w:rsid w:val="00E948EC"/>
     <w:rsid w:val="00EB4A0F"/>
     <w:rsid w:val="00EC32F4"/>
     <w:rsid w:val="00EE343A"/>
     <w:rsid w:val="00F026EB"/>
     <w:rsid w:val="00F033D2"/>
     <w:rsid w:val="00F170BC"/>
     <w:rsid w:val="00F3564D"/>
     <w:rsid w:val="00F447A6"/>
     <w:rsid w:val="00F449FB"/>
     <w:rsid w:val="00F46A61"/>
     <w:rsid w:val="00F65BAA"/>
     <w:rsid w:val="00F731ED"/>
     <w:rsid w:val="00F76C8F"/>
     <w:rsid w:val="00F80454"/>
     <w:rsid w:val="00F811F3"/>
     <w:rsid w:val="00F87D00"/>
     <w:rsid w:val="00F947EF"/>
     <w:rsid w:val="00F94B9F"/>
     <w:rsid w:val="00FA27B0"/>
+    <w:rsid w:val="00FA33EC"/>
     <w:rsid w:val="00FD37F8"/>
     <w:rsid w:val="00FD7BA0"/>
     <w:rsid w:val="00FE2696"/>
     <w:rsid w:val="0206CD8C"/>
     <w:rsid w:val="0215C394"/>
     <w:rsid w:val="02A7F041"/>
     <w:rsid w:val="04419ECC"/>
     <w:rsid w:val="04AAD18F"/>
     <w:rsid w:val="086D63F0"/>
     <w:rsid w:val="08F97ED1"/>
     <w:rsid w:val="0BAA85D1"/>
     <w:rsid w:val="0D13F927"/>
     <w:rsid w:val="0D5D8A54"/>
     <w:rsid w:val="104B99E9"/>
     <w:rsid w:val="11CE0EC9"/>
     <w:rsid w:val="16A1B310"/>
     <w:rsid w:val="17D0872E"/>
     <w:rsid w:val="186C1FC4"/>
     <w:rsid w:val="1A6DD906"/>
     <w:rsid w:val="1ACB9A00"/>
     <w:rsid w:val="1C528CC6"/>
     <w:rsid w:val="1DC54F0D"/>
     <w:rsid w:val="1F3D2369"/>
     <w:rsid w:val="1F7B909B"/>
     <w:rsid w:val="2698885A"/>
@@ -7217,77 +7378,77 @@
     <w:rsid w:val="69C5FC2E"/>
     <w:rsid w:val="6C1A9D6C"/>
     <w:rsid w:val="6F663289"/>
     <w:rsid w:val="6FB16C9C"/>
     <w:rsid w:val="71A1899B"/>
     <w:rsid w:val="764A492A"/>
     <w:rsid w:val="788FB343"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0D381252"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{81F1164E-37A8-471D-A7B9-E9D12CA7EF94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-CO" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7349,98 +7510,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7615,50 +7773,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A74F0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009F4403"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
@@ -8168,51 +8330,51 @@
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BE49EF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00972F7C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabladecuadrcula6concolores">
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula6concolores">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="005D6BAA"/>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -8445,51 +8607,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DAFPPiedepginaCar">
     <w:name w:val="DAFP Pie de página Car"/>
     <w:link w:val="DAFPPiedepgina"/>
     <w:rsid w:val="008214D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:eastAsia="es-CO"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="143130832">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1133599491">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9209,96 +9371,103 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1bf1a7e0-185b-409f-818a-54ddd52a2afa"/>
     <ds:schemaRef ds:uri="f9835f2c-a5d8-47b8-88a4-77a3324b5592"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82050ABF-E2DA-4D40-9F57-9C61F3F9766D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{468049EA-50C2-481E-8C85-C53C10F1A3F8}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1bf1a7e0-185b-409f-818a-54ddd52a2afa"/>
+    <ds:schemaRef ds:uri="f9835f2c-a5d8-47b8-88a4-77a3324b5592"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="f9835f2c-a5d8-47b8-88a4-77a3324b5592"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8C887DE-42C7-427C-9C2E-60790B0CAAFA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16B9FC5A-6ED9-42ED-9D68-BF02C922C106}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>589</Words>
-  <Characters>3243</Characters>
+  <Words>665</Words>
+  <Characters>3663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3825</CharactersWithSpaces>
+  <CharactersWithSpaces>4320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Leonardo Cantor</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1299739c-ad3d-4908-806e-4d91151a6e13_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1299739c-ad3d-4908-806e-4d91151a6e13_SetDate">