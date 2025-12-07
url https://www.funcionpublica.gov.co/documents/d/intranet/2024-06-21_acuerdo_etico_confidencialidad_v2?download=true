--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -5,173 +5,182 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="006750E2" w:rsidRPr="00EF7777" w:rsidRDefault="00EF7777" w:rsidP="007D1731">
+    <w:p w:rsidR="006750E2" w:rsidRPr="00A50881" w:rsidRDefault="00EF7777" w:rsidP="007D1731">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF7777">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A50881">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Acuerdo Ético y de Confidencialidad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A178F1" w:rsidRPr="00EF7777" w:rsidRDefault="00720AAF" w:rsidP="007D1731">
+    <w:p w:rsidR="00A178F1" w:rsidRPr="00EF7777" w:rsidRDefault="007C2F70" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007D1731" w:rsidRPr="00EF7777" w:rsidRDefault="006750E2" w:rsidP="007D1731">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bogotá, </w:t>
       </w:r>
       <w:r w:rsidR="007D1731" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D. C.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007D1731" w:rsidRPr="00EF7777" w:rsidRDefault="007D1731" w:rsidP="007D1731">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006750E2" w:rsidRPr="00EF7777" w:rsidRDefault="006750E2" w:rsidP="007D1731">
+    <w:p w:rsidR="006750E2" w:rsidRPr="00EF7777" w:rsidRDefault="00F54BF7" w:rsidP="007D1731">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF7777">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Teniendo en cuenta que es nuestro deber como servidores públicos utilizar la información reservada a que tengamos acceso por razón de nuestra función, en forma exclusiva para los fines estatales y de acuerdo con la tipología sobre clases de información que la Corte Constitucional ha señalado mediante Sentencia C-336/07, el Grupo </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En atención al proceso ____________________________________________________ y t</w:t>
+      </w:r>
+      <w:r w:rsidR="006750E2" w:rsidRPr="00EF7777">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eniendo en cuenta que es nuestro deber como servidores públicos utilizar la información reservada a que tengamos acceso por razón de nuestra función, en forma exclusiva para los fines estatales y de acuerdo con la tipología sobre clases de información que la Corte Constitucional ha señalado mediante Sentencia C-336/07, el Grupo </w:t>
       </w:r>
       <w:r w:rsidR="00A674D6" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de Apoyo a la Gestión Meritocrática</w:t>
       </w:r>
       <w:r w:rsidR="00E53B24" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A674D6" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>estableció el siguiente</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF7777">
+      <w:r w:rsidR="006750E2" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> acuerdo ético y de confidencialidad</w:t>
       </w:r>
       <w:r w:rsidR="00A674D6" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D297A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -641,51 +650,63 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>n caso de tene</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">r conocimiento que alguno de nuestros </w:t>
       </w:r>
       <w:r w:rsidR="0038533A" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">familiares hasta el cuarto grado de consanguinidad, segundo de afinidad y primero civil se encuentre inscrito en algún proceso de selección para empleos públicos en el cual yo tenga incidencia directa, </w:t>
+        <w:t xml:space="preserve">familiares hasta el cuarto grado de consanguinidad, segundo de afinidad y primero civil se encuentre inscrito en algún proceso de selección para empleos públicos en el cual yo tenga incidencia </w:t>
+      </w:r>
+      <w:r w:rsidR="0038533A" w:rsidRPr="00EF7777">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">directa, </w:t>
       </w:r>
       <w:r w:rsidR="00477FB7" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">comunicaremos al </w:t>
       </w:r>
       <w:r w:rsidR="0038533A" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>superior inmediato</w:t>
       </w:r>
       <w:r w:rsidR="00477FB7" w:rsidRPr="00EF7777">
         <w:rPr>
@@ -760,96 +781,122 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Haremos extensivo este acuerdo a las personas que hagan parte del Grupo con posterioridad a la firma del presente acuerdo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003C26EE" w:rsidRPr="00EF7777" w:rsidRDefault="003C26EE" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007D1731" w:rsidRPr="00EF7777" w:rsidRDefault="00220AF1" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Para su </w:t>
       </w:r>
+      <w:r w:rsidR="00B000BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>constancia</w:t>
+      </w:r>
       <w:r w:rsidR="003C26EE" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">constancia, y en señal de aceptación, se firma el presente acuerdo, por las partes que en él han intervenido, en la ciudad de Bogotá, D.C. </w:t>
+        <w:t xml:space="preserve"> y en señal de aceptación, se firma el presente acuer</w:t>
+      </w:r>
+      <w:r w:rsidR="00B000BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do, por las partes que intervienen en el proceso. </w:t>
+      </w:r>
+      <w:r w:rsidR="003C26EE" w:rsidRPr="00EF7777">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bogotá, D.C. </w:t>
       </w:r>
       <w:r w:rsidR="00287146" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">a los </w:t>
       </w:r>
       <w:r w:rsidR="00EF7777" w:rsidRPr="00EF7777">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">XX días del </w:t>
       </w:r>
       <w:r w:rsidR="002D297A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:i/>
@@ -1500,93 +1547,1447 @@
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1892" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007D1731" w:rsidRPr="00EF7777" w:rsidRDefault="007D1731" w:rsidP="003C26EE">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:bCs/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidTr="00EF7777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B000BB" w:rsidRPr="00EF7777" w:rsidRDefault="00B000BB" w:rsidP="003C26EE">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+                <w:bCs/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003C26EE" w:rsidRPr="00EF7777" w:rsidRDefault="003C26EE" w:rsidP="003C26EE">
+    <w:p w:rsidR="003C26EE" w:rsidRDefault="003C26EE" w:rsidP="003C26EE">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A50881" w:rsidRDefault="00A50881" w:rsidP="003C26EE">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:bCs/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A50881" w:rsidRPr="00EF7777" w:rsidRDefault="00A50881" w:rsidP="003C26EE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="003C26EE" w:rsidRPr="00EF7777" w:rsidSect="00720AAF">
+    <w:sectPr w:rsidR="00A50881" w:rsidRPr="00EF7777" w:rsidSect="00720AAF">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1843" w:right="1701" w:bottom="1843" w:left="1701" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE1C97" w:rsidRDefault="00AE1C97" w:rsidP="007D1731">
+    <w:p w:rsidR="007C2F70" w:rsidRDefault="007C2F70" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE1C97" w:rsidRDefault="00AE1C97" w:rsidP="007D1731">
+    <w:p w:rsidR="007C2F70" w:rsidRDefault="007C2F70" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1943,106 +3344,88 @@
         <w:tcPr>
           <w:tcW w:w="2930" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="00EF7777" w:rsidRPr="00C57BD8" w:rsidRDefault="00EF7777" w:rsidP="00EF7777">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>F Versión 0</w:t>
           </w:r>
-          <w:r w:rsidR="00720AAF">
+          <w:r w:rsidR="00A50881">
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>2</w:t>
+            <w:t>3</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00EF7777" w:rsidRPr="00C57BD8" w:rsidRDefault="00EF7777" w:rsidP="00EF7777">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C57BD8">
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>Fecha: 2</w:t>
           </w:r>
-          <w:r w:rsidR="00720AAF">
+          <w:r w:rsidR="00A50881">
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>024-06</w:t>
-[...17 lines deleted...]
-            <w:t>1</w:t>
+            <w:t>025-11-19</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00EF7777" w:rsidRPr="00B818EA" w:rsidRDefault="00EF7777" w:rsidP="00EF7777">
           <w:pPr>
             <w:pStyle w:val="Piedepgina"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:cs="Helvetica"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00EF7777" w:rsidRPr="00B818EA" w:rsidRDefault="00EF7777" w:rsidP="00EF7777">
           <w:pPr>
             <w:pStyle w:val="DAFPPiedepgina"/>
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003E5BAD">
@@ -2068,61 +3451,61 @@
           <w:r w:rsidRPr="00B818EA">
             <w:rPr>
               <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
               <w:color w:val="4D4D4D"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
             <w:t>La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00EF7777" w:rsidRDefault="00EF7777">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE1C97" w:rsidRDefault="00AE1C97" w:rsidP="007D1731">
+    <w:p w:rsidR="007C2F70" w:rsidRDefault="007C2F70" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE1C97" w:rsidRDefault="00AE1C97" w:rsidP="007D1731">
+    <w:p w:rsidR="007C2F70" w:rsidRDefault="007C2F70" w:rsidP="007D1731">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00720AAF" w:rsidRDefault="00720AAF" w:rsidP="00720AAF">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70E48424" wp14:editId="09AE3EFC">
@@ -2526,119 +3909,124 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006750E2"/>
+    <w:rsid w:val="00152FA3"/>
     <w:rsid w:val="00193883"/>
     <w:rsid w:val="001A1CBD"/>
     <w:rsid w:val="001E75D8"/>
     <w:rsid w:val="00220AF1"/>
     <w:rsid w:val="00287146"/>
     <w:rsid w:val="002D297A"/>
     <w:rsid w:val="0038533A"/>
     <w:rsid w:val="003C26EE"/>
     <w:rsid w:val="0041607C"/>
     <w:rsid w:val="00477FB7"/>
     <w:rsid w:val="005021D9"/>
     <w:rsid w:val="006750E2"/>
     <w:rsid w:val="006A7A2D"/>
     <w:rsid w:val="006D7081"/>
     <w:rsid w:val="00720AAF"/>
+    <w:rsid w:val="007C2F70"/>
     <w:rsid w:val="007C6F98"/>
     <w:rsid w:val="007D1731"/>
+    <w:rsid w:val="00A50881"/>
     <w:rsid w:val="00A674D6"/>
     <w:rsid w:val="00AE1C97"/>
+    <w:rsid w:val="00B000BB"/>
     <w:rsid w:val="00B67AD7"/>
     <w:rsid w:val="00D47AD8"/>
     <w:rsid w:val="00D61E49"/>
     <w:rsid w:val="00E53B24"/>
     <w:rsid w:val="00E868ED"/>
     <w:rsid w:val="00EF7777"/>
+    <w:rsid w:val="00F54BF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79F4B471"/>
+  <w14:docId w14:val="18524C5D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{92446229-23EB-4789-91E2-6F250A795D52}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3521,69 +4909,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>481</Words>
-  <Characters>2649</Characters>
+  <Words>504</Words>
+  <Characters>2778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3124</CharactersWithSpaces>
+  <CharactersWithSpaces>3276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Melany Loreiny Molina Pérez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>