--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -1,87 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
     <p:sldMasterId id="2147483660" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId5"/>
+    <p:handoutMasterId r:id="rId4"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="260" r:id="rId3"/>
-    <p:sldId id="262" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="letter"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="es-CO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -201,97 +199,97 @@
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="800040"/>
     <a:srgbClr val="6666FF"/>
     <a:srgbClr val="422B08"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="117" d="100"/>
-          <a:sy n="117" d="100"/>
+          <a:sx n="87" d="100"/>
+          <a:sy n="87" d="100"/>
         </p:scale>
-        <p:origin x="1420" y="64"/>
+        <p:origin x="696" y="58"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="69" d="100"/>
           <a:sy n="69" d="100"/>
         </p:scale>
         <p:origin x="3082" y="86"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -348,51 +346,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7091A370-F17A-4F17-A22E-A4A423234F75}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de pie de página 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF175396-2010-4E1E-A5D3-2E3FD9D83975}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -680,61 +678,51 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="30000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Helvetica"/>
               <a:cs typeface="Helvetica"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marR="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="30000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Helvetica"/>
                 <a:cs typeface="Helvetica"/>
               </a:rPr>
-              <a:t>Directora </a:t>
-[...9 lines deleted...]
-              <a:t>del Departamento Administrativo de la Función Pública </a:t>
+              <a:t>Directora del Departamento Administrativo de la Función Pública </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Conector recto 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5372592" y="5491491"/>
             <a:ext cx="2286039" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -1908,51 +1896,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B1E7968-68B6-44E8-A72A-FC0508CD59B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A2E3CEA-8625-47E9-9D69-796178F5409A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2124,51 +2112,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAACED15-9C8B-4DAB-A7B6-3BC2FF48453A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{612E61DA-6045-4723-9472-407D9225BAEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2346,51 +2334,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30EF9C99-EE14-4AA2-87C9-088C220F110D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0476317-9E4D-494E-B0D4-9E2C4D3D89A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2546,51 +2534,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17CDD567-8C56-4613-B063-31C4998336C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{665A1FEC-EAF5-4E89-A327-AE06EFD03464}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2822,51 +2810,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFBB0746-109C-4578-B876-008873356B22}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A245A67C-F0FF-46E5-B5BD-575A36BFC1AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3090,51 +3078,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de fecha 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6494E2C2-C944-4F7B-89CB-22D5DBF39C18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A247BB4-9C4B-42CD-8333-377B5A5030F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3505,51 +3493,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Marcador de fecha 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FF9F209-204C-4454-942D-D94AC1C80B9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de pie de página 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{783FE637-0BA0-4D16-B27F-1E7A86523DBF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3647,51 +3635,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de fecha 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61DDD53A-8A4C-45A6-8899-8715804C06CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de pie de página 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0BDF765-6C62-4E1D-AE7E-489230B0E7DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3760,51 +3748,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de fecha 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F485739-AE7A-409D-A405-D5855B3A303A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de pie de página 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1441817B-4CFE-4ECD-A827-6E0FE66E7910}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4073,51 +4061,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de fecha 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{800E8FC5-DA03-440C-8CE5-5698B5F10BA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB57A96B-FF5A-4787-AE6E-18C78040834C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4186,51 +4174,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFEDEB48-DC12-421E-B686-BCA9E70F80C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8BA7FFA-4747-4905-951D-756BA232B85F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5174,51 +5162,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de fecha 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B1E6373-96A8-43A1-89B7-1DE9532CF772}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74F5AC2E-11B6-4DD5-91D1-2B0E020D092E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5374,51 +5362,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6B75AB5-091F-4F5F-9A24-9EE767F9DCF8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64B34B40-F62A-486D-9CE3-08EF245967BE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5584,51 +5572,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1221AF56-D748-4708-A96E-9BD47BB9025F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A4C3FD6-F69C-4BF0-949D-7F2D9595FC27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5866,51 +5854,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de fecha 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B296C9B6-D6CB-4D64-872E-71B129129688}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F41A9507-F9DC-4902-ABDA-8DCEBCDA8E32}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6148,51 +6136,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de fecha 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E3BBB20-13D0-49F9-BC5E-BF461F58C8AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0BE57A0-2CDF-44E6-8B0F-84AF72ADE2BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6578,51 +6566,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Marcador de fecha 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB6172AD-651E-42BC-8F1E-E0CAA59A92D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de pie de página 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8A12220-45F3-4891-8276-84F4FB0B6538}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6728,51 +6716,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de fecha 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B08E5045-3BD9-48FA-BA51-A83FB1BCB7BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de pie de página 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE0AE4A5-AFD5-4A93-B964-BE9C00B4F99B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6841,51 +6829,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de fecha 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49E53EB6-618B-48BE-90D0-1EB883B88D98}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de pie de página 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{561A5D11-6D7D-4392-92B2-BCF908214E3A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7163,51 +7151,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de fecha 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04637553-0E64-468C-80F0-B8F2ED529B7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBE5820B-5316-44AD-8540-094C13F4559D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7461,51 +7449,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de fecha 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D3CE173-4095-4D23-A91A-549A52DFAF88}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A5D3CBC-79B9-4543-B9C0-0838DC08794B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7608,51 +7596,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{663E1FC6-374F-477F-86AD-ACEDC1C56051}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC1E49F2-AE42-4E6D-9A3E-8E4786E1A99E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -8300,51 +8288,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{AEF1807E-3C67-42E0-8A19-225B94E307EA}" type="datetimeFigureOut">
               <a:rPr lang="es-CO" smtClean="0"/>
-              <a:t>3/07/2025</a:t>
+              <a:t>21/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="es-CO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Marcador de pie de página 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7FDEC4F-E44D-4E57-A7AB-967C217EBD77}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
@@ -8704,54 +8692,50 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Título 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D624792-DC39-4715-B3EB-4A054FC21CFE}"/>
               </a:ext>
             </a:extLst>
@@ -8887,574 +8871,50 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="101882" tIns="50941" rIns="101882" bIns="50941" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES" sz="1400" kern="0" spc="0" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial Narrow"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4223995551"/>
-      </p:ext>
-[...522 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1008979192"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -10335,86 +9795,85 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>81</Words>
+  <Words>3</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Carta (216 x 279 mm)</PresentationFormat>
-  <Paragraphs>4</Paragraphs>
-  <Slides>2</Slides>
+  <Paragraphs>1</Paragraphs>
+  <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fuentes usadas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos de diapositiva</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Helvetica</vt:lpstr>
       <vt:lpstr>Tema de Office</vt:lpstr>
       <vt:lpstr>Diseño personalizado</vt:lpstr>
       <vt:lpstr>Susana Bonilla Bonilla</vt:lpstr>
-      <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Presentación de PowerPoint</dc:title>
   <dc:creator>Edna Lucia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>