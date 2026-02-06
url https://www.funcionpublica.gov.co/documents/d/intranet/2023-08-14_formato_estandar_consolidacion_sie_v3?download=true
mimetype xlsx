--- v0 (2025-10-28)
+++ v1 (2026-02-06)
@@ -1,141 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\DAFP\Doc_act_2023\SEGUIMIENTO_EVALUACION\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Yaksa\10021gmi\2025\TRD\MANUALES\PROCESO_3_INFORMACION_ESTRATEGICA\8. FORMATOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{225EED46-D331-412B-B55A-D3F572ECDBD9}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12450"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="14380" windowHeight="3210" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Entidad" sheetId="1" r:id="rId1"/>
-    <sheet name="Municipio" sheetId="3" r:id="rId2"/>
-    <sheet name="Departamento" sheetId="4" r:id="rId3"/>
+    <sheet name="Municipio" sheetId="5" r:id="rId2"/>
+    <sheet name="Departamento" sheetId="6" r:id="rId3"/>
   </sheets>
   <calcPr calcId="144525"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="14">
   <si>
     <t xml:space="preserve">Fecha </t>
   </si>
   <si>
     <t>Dependencia</t>
   </si>
   <si>
     <t>CÓDIGO SIGEP</t>
   </si>
   <si>
     <t>NOMBRE DE LA ENTIDAD</t>
   </si>
   <si>
     <t>VARIABLE 1</t>
   </si>
   <si>
     <t>VARIABLE 2</t>
   </si>
   <si>
     <t>VARIABLE 3</t>
   </si>
   <si>
     <t>VARIABLE 4</t>
   </si>
   <si>
     <t>VARIABLE 5</t>
   </si>
   <si>
     <t>VARIABLE 6</t>
   </si>
   <si>
     <t>VARIABLE N</t>
   </si>
   <si>
-    <t>CÓDIGO DIVIPOLA MUNICIPIO</t>
-[...10 lines deleted...]
-  <si>
     <t>Formato para consolidación de variables en DataSIE - Entidades
  Oficina Asesora de Planeación</t>
   </si>
   <si>
     <t>Formato para consolidación de variables en DataSIE - Municipios
  Oficina Asesora de Planeación</t>
   </si>
   <si>
     <t>Formato para consolidación de variables en DataSIE - Departamento
  Oficina Asesora de Planeación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
@@ -156,158 +146,138 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>604379</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>40005</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>1391147</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>695326</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A1B0875-BD82-4682-ADEB-1E80BB677D57}"/>
             </a:ext>
           </a:extLst>
@@ -320,294 +290,297 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="21187" b="19492"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11112359" y="40005"/>
           <a:ext cx="2287908" cy="655321"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>83820</xdr:colOff>
+      <xdr:colOff>622300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>45720</xdr:rowOff>
+      <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>439293</xdr:colOff>
+      <xdr:colOff>344805</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>758191</xdr:rowOff>
+      <xdr:rowOff>692150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Imagen 2">
+        <xdr:cNvPr id="5" name="Imagen 4" descr="Escudo de armas de Colombia con texto de Función Pública " title="Logo de Función Pública">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D24F97FB-0F7D-4677-A6A6-22D328B6A740}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBB0C73C-C9B4-4416-95F2-0C36F69FEEAE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill rotWithShape="1">
+      <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect t="7682" b="11809"/>
-        <a:stretch/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="83820" y="45720"/>
-          <a:ext cx="1856613" cy="712471"/>
+          <a:off x="622300" y="152400"/>
+          <a:ext cx="1284605" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
-      <xdr:colOff>551039</xdr:colOff>
+      <xdr:colOff>604379</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:rowOff>40005</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>1337807</xdr:colOff>
+      <xdr:colOff>1391147</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>741046</xdr:rowOff>
+      <xdr:rowOff>695326</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32CC7B00-C924-4021-A2D6-227C8075C4DC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63F3ACA0-EFAA-4B6B-8BCF-2EBD8D68E804}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="21187" b="19492"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11059019" y="85725"/>
-          <a:ext cx="2287908" cy="655321"/>
+          <a:off x="11535904" y="40005"/>
+          <a:ext cx="2352043" cy="652146"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>60960</xdr:colOff>
+      <xdr:colOff>622300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>416433</xdr:colOff>
+      <xdr:colOff>344805</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>750571</xdr:rowOff>
+      <xdr:rowOff>692150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Imagen 8">
+        <xdr:cNvPr id="3" name="Imagen 2" descr="Escudo de armas de Colombia con texto de Función Pública " title="Logo de Función Pública">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E74A083E-1731-4B49-9BBF-02E217E71D3A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEA63B3F-B669-469B-A48E-9BA94AF503AC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill rotWithShape="1">
+      <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect t="7682" b="11809"/>
-        <a:stretch/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="60960" y="38100"/>
-          <a:ext cx="1856613" cy="712471"/>
+          <a:off x="619125" y="152400"/>
+          <a:ext cx="1287780" cy="542925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
-      <xdr:colOff>581519</xdr:colOff>
+      <xdr:colOff>604379</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>139065</xdr:rowOff>
+      <xdr:rowOff>40005</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>1368287</xdr:colOff>
+      <xdr:colOff>1391147</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>794386</xdr:rowOff>
+      <xdr:rowOff>695326</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D437E731-104F-46BE-B65D-55A8507062D2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1153634D-8C07-4DFA-BB65-61952CE05D9D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="21187" b="19492"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11089499" y="139065"/>
-          <a:ext cx="2287908" cy="655321"/>
+          <a:off x="11535904" y="40005"/>
+          <a:ext cx="2352043" cy="652146"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>91440</xdr:colOff>
+      <xdr:colOff>622300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>99060</xdr:rowOff>
+      <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>446913</xdr:colOff>
+      <xdr:colOff>344805</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>811531</xdr:rowOff>
+      <xdr:rowOff>692150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Imagen 8">
+        <xdr:cNvPr id="3" name="Imagen 2" descr="Escudo de armas de Colombia con texto de Función Pública " title="Logo de Función Pública">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28638D7F-CA71-4478-ABD2-A0004E06F584}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE13D556-6999-400B-9636-005D10B941FA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill rotWithShape="1">
+      <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
-        <a:srcRect t="7682" b="11809"/>
-        <a:stretch/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="91440" y="99060"/>
-          <a:ext cx="1856613" cy="712471"/>
+          <a:off x="619125" y="152400"/>
+          <a:ext cx="1287780" cy="542925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -849,1425 +822,1318 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I37"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="21.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="21.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="8" width="21.85546875" customWidth="1"/>
+    <col min="1" max="8" width="21.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="E2" s="7"/>
+    <row r="1" spans="1:9" ht="63.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+    </row>
+    <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
-      <c r="I2" s="10"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="I2" s="7"/>
+    </row>
+    <row r="3" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="12"/>
-[...5 lines deleted...]
-    <row r="4" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="B3" s="9"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="I3" s="7"/>
+    </row>
+    <row r="4" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
     </row>
-    <row r="5" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="13"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="10"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
       <c r="I22" s="4"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A31" s="4"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="4"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="4"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
       <c r="I33" s="4"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="4"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
       <c r="I34" s="4"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B5:G5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LF. Versión 3
-Fecha: 2023-08-14&amp;CSi este documento se encuentra impreso no se garantiza su vigencia
+Fecha: 2024-12-21&amp;CSi este documento se encuentra impreso no se garantiza su vigencia
 La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet)&amp;R&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9544472F-F70A-4D3A-BD06-DDC0350FD31B}">
+  <dimension ref="A1:I37"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="21.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="21.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="8" width="21.85546875" customWidth="1"/>
+    <col min="1" max="8" width="21.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="E2" s="7"/>
+    <row r="1" spans="1:9" ht="63.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+    </row>
+    <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
-      <c r="I2" s="10"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="I2" s="7"/>
+    </row>
+    <row r="3" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="12"/>
-[...5 lines deleted...]
-    <row r="4" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="B3" s="9"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="I3" s="7"/>
+    </row>
+    <row r="4" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
     </row>
-    <row r="5" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="13"/>
-[...14 lines deleted...]
-    <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="10"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
       <c r="I22" s="4"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A31" s="4"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="4"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="4"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
       <c r="I33" s="4"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="4"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
       <c r="I34" s="4"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B5:G5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LF. Versión: 03
-Fecha: 2023-08-10&amp;CSi este documento se encuentra impreso no se garantiza su vigencia
+    <oddFooter>&amp;LF. Versión 3
+Fecha: 2024-12-21&amp;CSi este documento se encuentra impreso no se garantiza su vigencia
 La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet)&amp;R&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I43"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2B966E9-0524-49B2-A097-9A3564741F23}">
+  <dimension ref="A1:I37"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+    <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="21.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="21.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="8" width="21.85546875" customWidth="1"/>
+    <col min="1" max="8" width="21.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="E2" s="7"/>
+    <row r="1" spans="1:9" ht="63.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="8"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="8"/>
+      <c r="I1" s="8"/>
+    </row>
+    <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
-      <c r="I2" s="10"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="I2" s="7"/>
+    </row>
+    <row r="3" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="12"/>
-[...5 lines deleted...]
-    <row r="4" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="B3" s="9"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="I3" s="7"/>
+    </row>
+    <row r="4" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
     </row>
-    <row r="5" spans="1:9" ht="20.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="20" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="13"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="10"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
       <c r="I22" s="4"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A31" s="4"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="4"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="4"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
       <c r="I33" s="4"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="4"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
       <c r="I34" s="4"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
       <c r="I35" s="4"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
       <c r="I37" s="4"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-[...64 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B5:G5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LF. Versión 03
-Fecha: 2023-08-10&amp;CSi este documento se encuentra impreso no se garantiza su vigencia
+    <oddFooter>&amp;LF. Versión 3
+Fecha: 2024-12-21&amp;CSi este documento se encuentra impreso no se garantiza su vigencia
 La versión vigente reposa en el Sistema Integrado de Planeación y Gestión (Intranet)&amp;R&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Entidad</vt:lpstr>
       <vt:lpstr>Municipio</vt:lpstr>